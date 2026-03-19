--- v0 (2025-12-09)
+++ v1 (2026-03-19)
@@ -51,544 +51,544 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>AAP</t>
   </si>
   <si>
     <t>Ata de Audiência Pública</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/742/ata_no._001_-_25-02_-_ref._3o_quadrimente_de_2021.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/742/ata_no._001_-_25-02_-_ref._3o_quadrimente_de_2021.pdf</t>
   </si>
   <si>
     <t>ATA DA AUDIÊNCIA PÚBLICA Nº. 001/2022</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/772/ata_no._002_-_30-02_-_ref._1o_quadrimente_de_2022.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/772/ata_no._002_-_30-02_-_ref._1o_quadrimente_de_2022.pdf</t>
   </si>
   <si>
     <t>ATA DA AUDIÊNCIA PÚBLICA Nº. 002/2022</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/773/ata_no._003_-_30-09_-_ref._2o_quadrimente_de_2022.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/773/ata_no._003_-_30-09_-_ref._2o_quadrimente_de_2022.pdf</t>
   </si>
   <si>
     <t>ATA DA AUDIÊNCIA PÚBLICA Nº. 003/2022</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Rafael Gonçalves Norbiato</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/741/001-_rafael_construcao_de_um_quebra_molas_na_rua_parana.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/741/001-_rafael_construcao_de_um_quebra_molas_na_rua_parana.pdf</t>
   </si>
   <si>
     <t>•	Construção de dois quebra molas na Rua Paraná no distrito de Santo Antônio do Palmital (especificamente no meio das quadras).</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>Jadilson José dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/743/002-_jadilson_-_plano_de_carreira_dos_funcionarios_publicos.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/743/002-_jadilson_-_plano_de_carreira_dos_funcionarios_publicos.pdf</t>
   </si>
   <si>
     <t>•	Viabilidade de rever as leis 002 e 003/2006 que versa sobre o plano de carreira dos funcionários públicos Municipais.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>Amarildo Pinto de Andrade</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/746/003-_amarildo__-_manutencao_das_estradas.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/746/003-_amarildo__-_manutencao_das_estradas.pdf</t>
   </si>
   <si>
     <t>•	Efetuar a manutenção da estrada do bairro Cem Alqueires, dos Eloy e também a estrada do matadouro (trecho da entrada do matadouro até a entrada da propriedade do Lula).</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>André Vital dos Santos da Silva</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/747/004-_andre__-_manutencao_da_estrada.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/747/004-_andre__-_manutencao_da_estrada.pdf</t>
   </si>
   <si>
     <t>•	Efetuar a manutenção da estrada que liga o distrito Santo Antônio do Palmital ao bairro Santa Maria.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/750/005-_rafael__efetuar_a_limpeza_do_parquinho_e_do_salaozinho_das_populares.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/750/005-_rafael__efetuar_a_limpeza_do_parquinho_e_do_salaozinho_das_populares.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Rafael Gonçalves Norbiato infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine ao setor responsável às seguintes providencias:_x000D_
 _x000D_
 _x000D_
 •	Roçar e efetuar a limpeza em torno do parquinho e da academia do salãozinho das populares, em sua justificativa o senhor vereador salienta que tais reivindicações se fazem necessárias, pois o mato está tomando conta do local contribuindo para ploriferação de insetos como aranhas entre outros._x000D_
 _x000D_
 •	Fazer as melhorias necessárias, como a construção de uma pequena rampa de acesso com a altura do meio fio na entrada do barracão do Nelson da Marcenaria, em sua justificativa o senhor vereador salienta que tal reivindicação se faz necessária, pois essa rampa irá facilitar a entrada dos caminhões no local mencionado.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/751/006-_jadilson_-_construir_cozinha.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/751/006-_jadilson_-_construir_cozinha.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Jadilson José dos Santos infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal à seguinte providência:_x000D_
 _x000D_
 _x000D_
 Se possível construir uma cozinha no Pátio da Prefeitura.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Erick Fernando Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/752/007-_erick_-_patrolar_e_cascalhar_a_estarad_do_bairo_sao_jose.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/752/007-_erick_-_patrolar_e_cascalhar_a_estarad_do_bairo_sao_jose.pdf</t>
   </si>
   <si>
     <t>•	Patrolar e cascalhar a estrada do bairro São José, trecho da (entrada da estrada que vai para o sitio do senhor Aldarico, até a casa do seu Pedro Marta).</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/753/008-_rafael__-_cumpra_a_lei_municipal.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/753/008-_rafael__-_cumpra_a_lei_municipal.pdf</t>
   </si>
   <si>
     <t>Cumpra a Lei Municipal nº. 007/2002, em especial o Parágrafo 3º e Inciso I do Artigo 02 da presente Lei.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/754/009-_rafael__varias.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/754/009-_rafael__varias.pdf</t>
   </si>
   <si>
     <t>1º - Providenciar uma grade protetora no bueiro que se encontra aberto em frente à casa do Chicão na Avenida Apucarana, em sua justificativa o senhor vereador salienta que tal reivindicação se faz necessária, pois o mencionado bueiro do jeito que se encontra oferece riscos a quem trafega pelo local, principalmente no período noturno._x000D_
 _x000D_
 2º- Avaliar a possibilidade de conceder um vale alimentação aos funcionários municipais com renda até R$-1.600,00 (um mil e seiscentos reais), em sua justificativa o senhor vereador salienta que esse vale será uma maneira de ajudar na renda familiar desse funcionário, haja vista que muitos sobrevivem com seu salário pagando aluguel, água, luz e realizando a compra do mercado que não está nada em conta hoje em dia.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/755/010-_amarildo__-_manutencao_das_estradas.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/755/010-_amarildo__-_manutencao_das_estradas.pdf</t>
   </si>
   <si>
     <t>•	Efetuar a manutenção da estrada dos Godoy, (trecho da estrada principal de Santo Antonio do Palmital até a entrada da propriedade do Paulo Godoy).</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/758/011-_erick_-_podar_as_copas_das_arvores_..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/758/011-_erick_-_podar_as_copas_das_arvores_..pdf</t>
   </si>
   <si>
     <t>Se possível, determinar ao setor competente a poda das copas das arvores na PR 539, estrada que liga Rio Bom, ao Município de Marilândia do Sul.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/759/012-_andre__-_placa_de_sinalizacao.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/759/012-_andre__-_placa_de_sinalizacao.pdf</t>
   </si>
   <si>
     <t>Intalar uma placa, sinalizando a travessia de animais na estrada que liga Rio Bom á Apucarana via São Domingos, em frente à casa do senhor João Miguel Benedito.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/762/013-_erick_-_construcao_de_um_ponto_de_onibus.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/762/013-_erick_-_construcao_de_um_ponto_de_onibus.pdf</t>
   </si>
   <si>
     <t>•	Viabilidade da construção de um ponto de ônibus, na esquina da agência do Sicredi.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/763/014-_rafael__varias.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/763/014-_rafael__varias.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Rafael Gonçalves Norbiato infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine ao setor responsável às seguintes providencias</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/764/015-_erick_-__patrolar_e_cascalhar_a_estrada_do_bairro_lageadao.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/764/015-_erick_-__patrolar_e_cascalhar_a_estrada_do_bairro_lageadao.pdf</t>
   </si>
   <si>
     <t>Patrolar e cascalhar o carreador da casa do Senhor Vilson Arjonas no bairro Lagedão.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/765/016-_andre__-_manutencao_da_estrada.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/765/016-_andre__-_manutencao_da_estrada.pdf</t>
   </si>
   <si>
     <t>Efetuar a manutenção da estrada que liga Rio Bom ao bairro do Campeiro.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/766/017-_erick_-__quebra-molas.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/766/017-_erick_-__quebra-molas.pdf</t>
   </si>
   <si>
     <t>Fazer um quebra-molas em frente à casa do Senhor Irineu Rosa, na Rua Joaquim Nogueira nº. 35, localizada no Residencial Park.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/770/018-_jadilson_-_instalacao_de_camera_de_seguranca.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/770/018-_jadilson_-_instalacao_de_camera_de_seguranca.pdf</t>
   </si>
   <si>
     <t>•	Instalação de uma câmera de segurança em cada entrada da cidade.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/771/indicacao_no._019-_lonbadas_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/771/indicacao_no._019-_lonbadas_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Construção de várias Lombadas ou quebra-molas nos locais citados abaixo  ........_x000D_
 _x000D_
 JUSTIFICATIVA: Os Senhores Vereadores salientam que tal solicitação se faz necessária, pois muitas ruas estão sem sinalização nenhuma e sem a contrução de quebra –molas e isso irá ajudar diminuindo a velocidade das pessoas que trafegam em alta velocidade por essas ruas.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/774/020-_construcao_de_um_banheiro_publico.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/774/020-_construcao_de_um_banheiro_publico.pdf</t>
   </si>
   <si>
     <t>•	A Viabilidade da construção de um banheiro público nas dependências do Estádio Amante Felipetto, próximo á quadra do Boxa.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/775/021-_rafael__-_podar_arvores_e_lampadas_de_leds.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/775/021-_rafael__-_podar_arvores_e_lampadas_de_leds.pdf</t>
   </si>
   <si>
     <t>1º- Efetuar as podas nas arvores que se fazem necessárias existentes no perímetro urbano da cidade, pois as mesmas estão impedindo os moradores de trafegarem nas calçadas;_x000D_
 _x000D_
 2º - Reivindicar a empresa responsável pela iluminação publica de Rio Bom, a verificação e possíveis reparos em algumas lâmpadas de Leds instaladas recentemente na cidade, em especial a instalada em frente à Igreja Assembléia de Deus.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/776/022_-_amarildo_-_consrucao_de_quebra-molas.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/776/022_-_amarildo_-_consrucao_de_quebra-molas.pdf</t>
   </si>
   <si>
     <t>•	Construção de um quebra-molas na rua da casa do Marinho da Emater (trecho entre a casa do Marinho até o Senhor Euripedes).</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/778/023-_rafael__-_instalacao_de_cameras_de_seguranca.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/778/023-_rafael__-_instalacao_de_cameras_de_seguranca.pdf</t>
   </si>
   <si>
     <t>A viabilidade de instalação de câmeras de segurança nas dependências do Cemitério Municipal.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/779/024-_erick_-__cameras_de_seguranca.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/779/024-_erick_-__cameras_de_seguranca.pdf</t>
   </si>
   <si>
     <t>1-	Instalar 05 câmeras de segurança em 02 barracões de costura, assim especificados: 03 câmeras na frente e 02 câmeras nos fundos dos barracões da Mara e do Quechada._x000D_
 _x000D_
 2-	Construção de muros em volta de todos os barracões do parque industrial.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/780/025-_amarildo__-_manutencao_das_estradas.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/780/025-_amarildo__-_manutencao_das_estradas.pdf</t>
   </si>
   <si>
     <t>1º - Efetuar as manutenções necessárias como cascalhos entre outras melhorias, nas estradas dos Bairros dos Godoy, Molina e na estrada do Zé Tristão._x000D_
 2º - Instalar câmeras de segurança nas dependências do Cemitério Municipal;_x000D_
 3º- Colocar o nome das ruas, pois muitas ruas se encontram sem saber como se chamam.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/748/no._001-_infor._prefeito_-_rafael.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/748/no._001-_infor._prefeito_-_rafael.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Rafael Gonçalves Norbiato, infra-firmado, nos termos do Inciso VI do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente Requerimento, que visa solicitar do Senhor Prefeito Municipal, as seguintes informações:_x000D_
 _x000D_
 1º – Quanto esta sendo cobrado por hora trabalhada pelos tratores da agricultura;_x000D_
 _x000D_
 2º – Quais os critérios que estão sendo adotados para os cálculos das horas trabalhadas (se houver).</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>José Lissoti</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/749/no._002-_infor._prefeito_-lissoti.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/749/no._002-_infor._prefeito_-lissoti.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador José Lissoti, infra-firmado, nos termos do Inciso VI do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente Requerimento, que visa solicitar do Senhor Prefeito Municipal, a seguinte informação:_x000D_
 _x000D_
 1º – Qual o vinculo empregatício que o funcionário Senhor Arlindo tem com o Município, para estar operando a Retro-Escavadeira._x000D_
 _x000D_
 JUSTIFICATIVA:- Em sua justificativa o Senhor Vereador menciona que no quadro de funcionários da Prefeitura tem pessoas competentes para operar esta maquina e porque o Senhor Arlindo vem executando esse serviço.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/756/no._003-_infor._prefeito_-lissoti.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/756/no._003-_infor._prefeito_-lissoti.pdf</t>
   </si>
   <si>
     <t>1º - Relatório pormenorizado dos nomes dos funcionários que estão autorizados a fazer suas refeições na conta da prefeitura, nos restaurantes que vencerão as licitações no município.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/757/no._004-_infor._presidente_-rafael.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/757/no._004-_infor._presidente_-rafael.pdf</t>
   </si>
   <si>
     <t>1º - Xerox das Notas de Abastecimentos, bem como os cupons fiscais dos últimos quatro (04) meses;_x000D_
 _x000D_
 2º - Diário de bordo do veiculo no mesmo período.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/769/no._005-_infor._prefeito_-_andre.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/769/no._005-_infor._prefeito_-_andre.pdf</t>
   </si>
   <si>
     <t>Qual motivo que levou o Prefeito retirar o adesivo do carro do Gabinete do Executivo , pois quando vieram,vieram  com adesivos e logo em seguida foram retirados.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>João Batista de Andrade</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/782/no._006-_infor._prefeito_-_joao.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/782/no._006-_infor._prefeito_-_joao.pdf</t>
   </si>
   <si>
     <t>1º. - Relatório permonerizado dos abastecimentos dos maquinários da prefeitura, relação e recolhimento dos produtores atendidos pela hora máquina do ano de 2022.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>PROJ</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>André Vital dos Santos da Silva, Erick Fernando Oliveira, Jadilson José dos Santos, João Batista de Andrade</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/896/projeto_da_mesa_001.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/896/projeto_da_mesa_001.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE TRANSFERÊNCIA DE VEÍCULO OFICIAL PARA A PREFEITURA MUNICIPAL DE RIO BOM.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>BORC</t>
   </si>
   <si>
     <t>Balanços Orçamentários</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/</t>
+    <t>http://sapl.riobom.pr.leg.br/media/</t>
   </si>
   <si>
     <t>ANEXOS da Lei nº 4.320, de 17 de março de 1964</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>RGF</t>
   </si>
   <si>
     <t>Relatório de Gestão Fiscal</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/889/2022_12_06_rgf.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/889/2022_12_06_rgf.pdf</t>
   </si>
   <si>
     <t>RGF - Exercício de 2022</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>PCA</t>
   </si>
   <si>
     <t>Prestação de Contas Anual</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/907/2022_pca_cm_rio_bom_integra.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/907/2022_pca_cm_rio_bom_integra.pdf</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS ANUAL - Ano de exercício: 2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -895,68 +895,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/742/ata_no._001_-_25-02_-_ref._3o_quadrimente_de_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/772/ata_no._002_-_30-02_-_ref._1o_quadrimente_de_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/773/ata_no._003_-_30-09_-_ref._2o_quadrimente_de_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/741/001-_rafael_construcao_de_um_quebra_molas_na_rua_parana.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/743/002-_jadilson_-_plano_de_carreira_dos_funcionarios_publicos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/746/003-_amarildo__-_manutencao_das_estradas.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/747/004-_andre__-_manutencao_da_estrada.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/750/005-_rafael__efetuar_a_limpeza_do_parquinho_e_do_salaozinho_das_populares.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/751/006-_jadilson_-_construir_cozinha.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/752/007-_erick_-_patrolar_e_cascalhar_a_estarad_do_bairo_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/753/008-_rafael__-_cumpra_a_lei_municipal.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/754/009-_rafael__varias.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/755/010-_amarildo__-_manutencao_das_estradas.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/758/011-_erick_-_podar_as_copas_das_arvores_..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/759/012-_andre__-_placa_de_sinalizacao.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/762/013-_erick_-_construcao_de_um_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/763/014-_rafael__varias.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/764/015-_erick_-__patrolar_e_cascalhar_a_estrada_do_bairro_lageadao.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/765/016-_andre__-_manutencao_da_estrada.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/766/017-_erick_-__quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/770/018-_jadilson_-_instalacao_de_camera_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/771/indicacao_no._019-_lonbadas_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/774/020-_construcao_de_um_banheiro_publico.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/775/021-_rafael__-_podar_arvores_e_lampadas_de_leds.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/776/022_-_amarildo_-_consrucao_de_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/778/023-_rafael__-_instalacao_de_cameras_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/779/024-_erick_-__cameras_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/780/025-_amarildo__-_manutencao_das_estradas.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/748/no._001-_infor._prefeito_-_rafael.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/749/no._002-_infor._prefeito_-lissoti.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/756/no._003-_infor._prefeito_-lissoti.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/757/no._004-_infor._presidente_-rafael.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/769/no._005-_infor._prefeito_-_andre.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/782/no._006-_infor._prefeito_-_joao.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/896/projeto_da_mesa_001.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/889/2022_12_06_rgf.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/907/2022_pca_cm_rio_bom_integra.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/742/ata_no._001_-_25-02_-_ref._3o_quadrimente_de_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/772/ata_no._002_-_30-02_-_ref._1o_quadrimente_de_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/773/ata_no._003_-_30-09_-_ref._2o_quadrimente_de_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/741/001-_rafael_construcao_de_um_quebra_molas_na_rua_parana.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/743/002-_jadilson_-_plano_de_carreira_dos_funcionarios_publicos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/746/003-_amarildo__-_manutencao_das_estradas.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/747/004-_andre__-_manutencao_da_estrada.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/750/005-_rafael__efetuar_a_limpeza_do_parquinho_e_do_salaozinho_das_populares.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/751/006-_jadilson_-_construir_cozinha.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/752/007-_erick_-_patrolar_e_cascalhar_a_estarad_do_bairo_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/753/008-_rafael__-_cumpra_a_lei_municipal.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/754/009-_rafael__varias.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/755/010-_amarildo__-_manutencao_das_estradas.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/758/011-_erick_-_podar_as_copas_das_arvores_..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/759/012-_andre__-_placa_de_sinalizacao.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/762/013-_erick_-_construcao_de_um_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/763/014-_rafael__varias.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/764/015-_erick_-__patrolar_e_cascalhar_a_estrada_do_bairro_lageadao.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/765/016-_andre__-_manutencao_da_estrada.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/766/017-_erick_-__quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/770/018-_jadilson_-_instalacao_de_camera_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/771/indicacao_no._019-_lonbadas_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/774/020-_construcao_de_um_banheiro_publico.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/775/021-_rafael__-_podar_arvores_e_lampadas_de_leds.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/776/022_-_amarildo_-_consrucao_de_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/778/023-_rafael__-_instalacao_de_cameras_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/779/024-_erick_-__cameras_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/780/025-_amarildo__-_manutencao_das_estradas.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/748/no._001-_infor._prefeito_-_rafael.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/749/no._002-_infor._prefeito_-lissoti.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/756/no._003-_infor._prefeito_-lissoti.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/757/no._004-_infor._presidente_-rafael.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/769/no._005-_infor._prefeito_-_andre.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/782/no._006-_infor._prefeito_-_joao.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/896/projeto_da_mesa_001.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/889/2022_12_06_rgf.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2022/907/2022_pca_cm_rio_bom_integra.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="94" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="145.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="144.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>