--- v0 (2025-12-09)
+++ v1 (2026-03-19)
@@ -54,952 +54,952 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>AAP</t>
   </si>
   <si>
     <t>Ata de Audiência Pública</t>
   </si>
   <si>
     <t>José Lissoti</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/35/ata_no._001_-27-02_-_3o_quadrimente_2018.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/35/ata_no._001_-27-02_-_3o_quadrimente_2018.pdf</t>
   </si>
   <si>
     <t>Apresentação e prestação de Contas do Poder Executivo, Poder Legislativo, Autarquia Municipal de Educação e Autarquia Municipal de Saúde, referente ao terceiro quadrimestre do exercício financeiro de 2018, em atendimento a Lei Complementar Federal nº. 141 de 13 de Janeiro de 2012, e a apresentação da LDO – Lei de Diretrizes Orçamentárias anual para o exercício de 2020.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/36/ata_no._002_-_29-05_-_1o_quadrimente_de_2019.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/36/ata_no._002_-_29-05_-_1o_quadrimente_de_2019.pdf</t>
   </si>
   <si>
     <t>Para a apresentação o a prestação de Contas do Poder Executivo, Poder Legislativo, Autarquia Municipal de Educação, Autarquia Municipal de Saúde, Fundo Municipal de Assistência Social, Fundo Municipal da criança e adolescente e a Secretaria Municipal de Assistência Social, referente ao primeiro quadrimestre do exercício financeiro de 2019, em atendimento a Lei Complementar Federal nº. 141 de 13 de Janeiro de 2012.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/</t>
+    <t>http://sapl.riobom.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Para a apresentação e a prestação de Contas do Poder Executivo, Poder Legislativo, Autarquia Municipal de Educação, Autarquia Municipal de Saúde, Secretaria Municipal de Assistência Social, Fundo Municipal dos Direitos da Criança e do Adolescente e Fundo Municipal de Assistência Social, referente ao segundo quadrimestre do exercício financeiro de 2019, em atendimento a Lei Complementar Federal nº. 141 de 13 de Janeiro de 2012 e LOA – Lei Orçamentária Anual para o Exercício de 2020.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/297/indicacao_no.__001-2019_-_04-02-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/297/indicacao_no.__001-2019_-_04-02-19.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Osvaldo Norbiato infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal que determine às seguintes providencias:</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/298/indicacao_no.__002-2019_-_04-02-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/298/indicacao_no.__002-2019_-_04-02-19.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Amarildo Pinto de Andrade, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Poder Executivo ás seguintes providências:</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/299/indicacao_no.__004-2019_-_11-02-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/299/indicacao_no.__004-2019_-_11-02-19.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Erick Fernando de Oliveira, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine ao setor responsável ás seguintes providencias:</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>O Senhor Vereador Osvaldo Norbiato infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal que determine ao setor responsável a seguinte providencia:</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/301/indicacao_no.__006-2019_-_14-02-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/301/indicacao_no.__006-2019_-_14-02-19.pdf</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/302/indicacao_no.__007-2019_-_25-02-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/302/indicacao_no.__007-2019_-_25-02-19.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Genésio Norbiato infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal às seguintes providencia:</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/303/indicacao_no.__008-2019_-_11-03-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/303/indicacao_no.__008-2019_-_11-03-19.pdf</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/304/indicacao_no.__010-2019_-_18-03-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/304/indicacao_no.__010-2019_-_18-03-19.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Genésio Norbiato infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine ao setor responsável as seguintes providencias:</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/305/indicacao_no.__012-2019_-_18-03-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/305/indicacao_no.__012-2019_-_18-03-19.pdf</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/306/indicacao_no.__013-2019_-_25-03-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/306/indicacao_no.__013-2019_-_25-03-19.pdf</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/307/indicacao_no.__014-2019_-_08-04-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/307/indicacao_no.__014-2019_-_08-04-19.pdf</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/308/indicacao_no.__015-2019_-_09-04-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/308/indicacao_no.__015-2019_-_09-04-19.pdf</t>
   </si>
   <si>
     <t>Os Senhores Vereadores: Amarildo Pinto de Andrade, Erick Fernando de Oliveira, Genésio Norbiato, Genival de Souza, Heron Amadeu Gonçalves da Silva, João Batista de Andrade, José Lissoti, Osvaldo Norbiato e Patrícia Maria Deretti que abaixo assinam, vem todos respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, AUTORIZAR ao Exmº. Senhor Prefeito Municipal que determine o deslocamento da máquina MOTONIVELADORA, para efetuar serviços de melhorias na propriedade do Senhor Claudio Garcia de Azevedo, localizada no Município de Borrazopolis, cuja propriedade é arrendada pelo Senhor Vitor Hugo Rech e ressaltam ainda que moram também no local os Senhores Gilmar Lemes Venturini e Rafael Lunardelli, todos cidadãos de Rio Bom.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/309/indicacao_no.__016-2019_-_22-04-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/309/indicacao_no.__016-2019_-_22-04-19.pdf</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/310/indicacao_no.__017-2019_-_22-04-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/310/indicacao_no.__017-2019_-_22-04-19.pdf</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/311/indicacao_no.__018-2019_-_29-04-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/311/indicacao_no.__018-2019_-_29-04-19.pdf</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/312/indicacao_no.__019-2019_-_29-04-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/312/indicacao_no.__019-2019_-_29-04-19.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Osvaldo Norbiato infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal que determine ao setor responsável as seguintes providencias:</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/313/indicacao_no.__020-2019_-_06-50-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/313/indicacao_no.__020-2019_-_06-50-19.pdf</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/314/indicacao_no.__021-2019_-_06-05-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/314/indicacao_no.__021-2019_-_06-05-19.pdf</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/315/indicacao_no.__022-2019_-_20-05-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/315/indicacao_no.__022-2019_-_20-05-19.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Heron Amadeu infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine ao setor responsável à seguinte providencia:</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/316/indicacao_no.__023-2019_-_27-05-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/316/indicacao_no.__023-2019_-_27-05-19.pdf</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/317/indicacao_no.__024-2019_-_27-05-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/317/indicacao_no.__024-2019_-_27-05-19.pdf</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/318/indicacao_no.__025-2019_-_27-05-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/318/indicacao_no.__025-2019_-_27-05-19.pdf</t>
   </si>
   <si>
     <t>A Senhora Vereadora Patrícia Maria Deretti Rodrigues infra-firmada, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, a viabilidade de conceder isenção do imposto predial urbano, para portadores de câncer, doenças degenerativas, inválidos por acidentes de trabalho ou seus responsáveis legais, através de Projeto de Lei enviado a Câmara Municipal para deliberação.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/319/indicacao_no.__026-2019_-_30-05-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/319/indicacao_no.__026-2019_-_30-05-19.pdf</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/320/indicacao_no.__027-2019_-_30-05-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/320/indicacao_no.__027-2019_-_30-05-19.pdf</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/321/indicacao_no.__028-2019_-_03-06-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/321/indicacao_no.__028-2019_-_03-06-19.pdf</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/322/indicacao_no.__029-2019_-_17-06-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/322/indicacao_no.__029-2019_-_17-06-19.pdf</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/323/indicacao_no.__030-2019_-_24-06-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/323/indicacao_no.__030-2019_-_24-06-19.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Genésio Norbiato infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal as seguintes providências:</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/324/indicacao_no.__031-2019_-_24-06-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/324/indicacao_no.__031-2019_-_24-06-19.pdf</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>O Senhor vereador Genival de Souza, infra- firmado, vem respeitosamente na forma que estabelece o Artigo 116 do regimento interno, indicar e sugerir ao Exmo. Senhor Prefeito municipal que determine ao setor competente a seguinte providencia:</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/326/indicacao_no.__033-2019_-_12-07-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/326/indicacao_no.__033-2019_-_12-07-19.pdf</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/327/indicacao_no.__034-2019_-_05-08-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/327/indicacao_no.__034-2019_-_05-08-19.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Heron Amadeu infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Presidente da Câmara Municipal o envio de expediente ao – DER - Departamento de Estradas de Rodagem, reivindicando as melhorias necessárias, entre elas principalmente tapa buracos na PR 539, estrada que liga Rio Bom á Marilândia do Sul.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/328/indicacao_no.__035-2019_-_06-08-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/328/indicacao_no.__035-2019_-_06-08-19.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Erick Fernando de Oliveira, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine ao setor responsável ás seguinte providencias:</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/329/indicacao_no.__036-2019_-_06-08-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/329/indicacao_no.__036-2019_-_06-08-19.pdf</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/330/indicacao_no.__037-2019_-_08-08-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/330/indicacao_no.__037-2019_-_08-08-19.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador João Batista de Andrade, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, Indicar e sugerir ao Ex. Prefeito Municipal Ene Benedito Gonçalves, para que determine a Secretaria de Administração a manter o Site da Transparência do Município atualizado, principalmente no tocante aos convênios firmados disponibilizado cópia dos mesmos digitalizados para acompanhamento dos munícipes atendendo desta maneira os princípios da Lei complementar 131/2009 (Lei da Transparência) e Lei 12527/2011 (Lei de acessos a Informação)</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/331/indicacao_no.__038-2019_-_13-08-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/331/indicacao_no.__038-2019_-_13-08-19.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Heron Amadeu infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Presidente da Câmara Municipal o envio de expediente ao responsável na Empresa Expresso Nordeste LTDA para que estude a viabilidade do ônibus metropolitano retornar a fazer o itinerário da linha Rio Bom/Apucarana, via São Domingos, nos finais de semana e feriados.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/332/indicacao_no.__039-2019_-_14-08-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/332/indicacao_no.__039-2019_-_14-08-19.pdf</t>
   </si>
   <si>
     <t>O senhor Vereador Osvaldo Norbiato, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine ao setor responsável ás seguinte providencia:</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/333/indicacao_no.__040-2019_-_19-08-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/333/indicacao_no.__040-2019_-_19-08-19.pdf</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/334/indicacao_no.__041-2019_-_02-09-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/334/indicacao_no.__041-2019_-_02-09-19.pdf</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/335/indicacao_no.__042-2019_-_02-09-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/335/indicacao_no.__042-2019_-_02-09-19.pdf</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/336/indicacao_no.__043-2019_-_09-09-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/336/indicacao_no.__043-2019_-_09-09-19.pdf</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/337/indicacao_no.__044-2019_-_09-09-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/337/indicacao_no.__044-2019_-_09-09-19.pdf</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/338/indicacao_no.__045-2019_-_10-09-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/338/indicacao_no.__045-2019_-_10-09-19.pdf</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/339/indicacao_no.__046-2019_-_10-09-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/339/indicacao_no.__046-2019_-_10-09-19.pdf</t>
   </si>
   <si>
     <t>O Senhor vereador Genival de Souza, infra- firmado, vem respeitosamente na forma que estabelece o Artigo 116 do regimento interno, indicar e sugerir ao Exmo. Senhor Prefeito municipal que determine as ao setor competente as seguintes providencias._x000D_
 _x000D_
 1º - Efetuar o Patrolamento e cascalhamento da estrada com acesso a propriedade do senhor Derlim da Silva de Lima._x000D_
 _x000D_
 2° - Efetuar o cascalhamento da estrada com acesso à propriedade do senhor Candido Ridolfi._x000D_
 _x000D_
 3° - Efetuar o patrolamento e cascalhamento na propriedade do senhor Manoel Junior Ribeiro.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/340/indicacao_no.__047-2019_-_23-09-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/340/indicacao_no.__047-2019_-_23-09-19.pdf</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/341/indicacao_no.__048-2019_-_30-09-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/341/indicacao_no.__048-2019_-_30-09-19.pdf</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/342/indicacao_no.__049-2019_-_03-10-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/342/indicacao_no.__049-2019_-_03-10-19.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Osvaldo Norbiato infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal que determine ao setor responsável à seguinte providencia:</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/343/indicacao_no.__050-2019_-_03-10-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/343/indicacao_no.__050-2019_-_03-10-19.pdf</t>
   </si>
   <si>
     <t>O Senhor vereador Genival de Souza, infra- firmado, vem respeitosamente na forma que estabelece o Artigo 116 do regimento interno, indicar e sugerir ao Exmo. Senhor Prefeito Municipal que determine ao setor competente as seguintes providencias:</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/344/indicacao_no.__051-2019_-_11-10-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/344/indicacao_no.__051-2019_-_11-10-19.pdf</t>
   </si>
   <si>
     <t>O Senhor vereador Erick Fernando de Oliveira, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine ao setor responsável ás seguintes providencias:</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/345/indicacao_no.__052-2019_-_14-10-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/345/indicacao_no.__052-2019_-_14-10-19.pdf</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/346/indicacao_no.__053-2019_-_14-10-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/346/indicacao_no.__053-2019_-_14-10-19.pdf</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/347/indicacao_no.__054-2019_-_21-10-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/347/indicacao_no.__054-2019_-_21-10-19.pdf</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>O Senhor Vereador Heron Amadeu infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine ao setor responsável a seguintes providencias:</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/349/indicacao_no.__056-2019_-_21-10-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/349/indicacao_no.__056-2019_-_21-10-19.pdf</t>
   </si>
   <si>
     <t>Senhor Vereador Genésio Norbiato infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, o envio de expediente indicando e sugerindo ao Senhor Luciano Cesar Ferreira que determine as seguintes providencias:</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/350/indicacao_no.__057-2019_-_04-11-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/350/indicacao_no.__057-2019_-_04-11-19.pdf</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>O Senhor Vereador Genésio Norbiato infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine ao setor responsável à seguinte providencia:</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/352/indicacao_no.__060-2019_-_11-11-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/352/indicacao_no.__060-2019_-_11-11-19.pdf</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/353/indicacao_no.__061-2019_-_11-11-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/353/indicacao_no.__061-2019_-_11-11-19.pdf</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/354/indicacao_no.__062-2019_-_18-11-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/354/indicacao_no.__062-2019_-_18-11-19.pdf</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/355/indicacao_no.__063-2019_-_18-11-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/355/indicacao_no.__063-2019_-_18-11-19.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Osvaldo Norbiato infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal que determine à seguinte providencia:</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/356/indicacao_no.__064-2019_-_18-11-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/356/indicacao_no.__064-2019_-_18-11-19.pdf</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/357/indicacao_no.__065-2019_-_18-11-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/357/indicacao_no.__065-2019_-_18-11-19.pdf</t>
   </si>
   <si>
     <t>O Senhor vereador Genival de Souza, infra- firmado, vem respeitosamente na forma que estabelece o Artigo 116 do regimento interno, indicar e sugerir ao Exmo. Senhor prefeito municipal que determine ao setor competente as seguintes providencias.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/358/indicacao_no.__066-2019_-_25-11-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/358/indicacao_no.__066-2019_-_25-11-19.pdf</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/359/indicacao_no.__067-2019_-_02-12-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/359/indicacao_no.__067-2019_-_02-12-19.pdf</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/360/indicacao_no.__068-2019_-_09-12-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/360/indicacao_no.__068-2019_-_09-12-19.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Osvaldo Norbiato infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal que determine às seguintes providências:</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/361/indicacao_no.__069-2019_-_16-12-19.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/361/indicacao_no.__069-2019_-_16-12-19.pdf</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>João Batista de Andrade</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/61/001_-_repudio_ao_luciano_-_joao.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/61/001_-_repudio_ao_luciano_-_joao.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador João Batista de Andrade, infra-firmado, nos termos do Artigo 128 do Regimento Interno, apresenta aos nobres Edis da Câmara Municipal de Rio Bom a Moção de Repudio ao Secretário Municipal de Saúde Sr. Luciano Cesar Ferreira, por deixar de aplicar recursos Garantidos em conta corrente do Programa Brasil Sorridente no Valor de R$ 148.866,36 (cento e quarenta e oito mil e oitocentos e sessenta e seis reais e trinta e seis centavos).</t>
   </si>
   <si>
     <t>Amarildo Pinto de Andrade, Erick Fernando Oliveira, Genival de Souza, Genésio Norbiato, Gieverson José Rodrigues, José Lissoti, João Batista de Andrade, Osvaldo Norbiato, Patricia Maria Deretti Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/62/002_-_mocao_de_apoio__agencia_do_correio.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/62/002_-_mocao_de_apoio__agencia_do_correio.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio a manutenção da Empresa Brasileira de Correios e Telégrafos como empresa pública, pela suspensão dos estudos que objetivam viabilizar sua privatização, e promoção de debate com participação de representantes dos municípios afetados.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/129/no._001-_ezequiel_e_joao_marcos.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/129/no._001-_ezequiel_e_joao_marcos.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador João Batista de Andrade, infra-firmado, nos termos do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente Requerimento, que visa solicitar aos Senhores; Secretário Municipal de Finanças e Excelentíssimo Sr. Prefeito Municipal conforme abaixo mencionado</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>Genésio Norbiato</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/130/no._002_-_infor._prefeito_-_genesio.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/130/no._002_-_infor._prefeito_-_genesio.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Genésio Norbiato, infra-firmado, nos termos do Inciso VI do Artigo 124 do Regimento Interno, requer a essa presidência que submeta ao Plenário deste Poder o presente Requerimento, que visa solicitar do Senhor Prefeito Municipal as seguintes informações</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/131/no._003-_infor._prefeito_-_joao.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/131/no._003-_infor._prefeito_-_joao.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador João Batista de Andrade, infra-firmado, nos termos do Inciso VI do Artigo 124 do Regimento Interno, requer a essa presidência que submeta ao Plenário deste Poder o presente Requerimento, que visa solicitar do Senhor Prefeito Municipal o relatório permonerizado do programa Odontsesc que se encontra em nosso município como</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/132/no._004-_joao_-_convocacao_-_retirado.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/132/no._004-_joao_-_convocacao_-_retirado.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador João Batista de Andrade, infra-firmado, nos termos do Artigo 205 e 206 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente Requerimento, o qual visa convocar o Sr. Rodrigo Beligni, DD Procurador do Município de Rio Bom para comparecer nas dependências da Câmara Municipal no dia 18 de Junho (terça feira) no horário das 19h30min.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/133/no._005_-__joao.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/133/no._005_-__joao.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador João Batista de Andrade, infra-firmado, nos termos do Inciso VI do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente Requerimento, o qual visa reiterar o Requerimento 003/2019 na qual solicita em seu inciso 5º “Cópia do convênio com Município” referente ao programa Odontosesc, o qual se encontra em nosso Município.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>O Senhor Vereador João Batista de Andrade, infra-firmado, nos termos do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente Requerimento, o qual visa solicitar ao Sr. Prefeito Municipal Ene Benedito Gonçalves, informações sobre o Convênio 822908/2016, Ministério do Desenvolvimento Social e Agrário:</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/135/no._007_-_infor._prefeito_-_jose.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/135/no._007_-_infor._prefeito_-_jose.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador 	José Lissoti, infra-firmado, nos termos do Inciso VI do Artigo 124 do Regimento Interno, requer a essa presidência que submeta ao Plenário deste Poder o presente Requerimento, que visa solicitar do Senhor Prefeito Municipal um relatório pormenorizado dos gastos com combustíveis e lubrificantes referentes aos anos de 2013, 2014, 2015, 2016,2017 e 2018.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/136/no._008-_genesio_inforamcoes_ao_presidente_da_autarquia.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/136/no._008-_genesio_inforamcoes_ao_presidente_da_autarquia.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Genésio Norbiato, infra-firmado, nos termos do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente Requerimento, que visa solicitar do Senhor Luciano Cesar Ferreira, Presidente da Autarquia Municipal de Saúde  as seguintes informações;</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/137/no._009-2019_-_joao_-_recurso_luisa_canziani.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/137/no._009-2019_-_joao_-_recurso_luisa_canziani.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador João Batista de Andrade, infra-firmado, nos termos do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente Requerimento, o qual visa solicitar ao Sr. Prefeito Municipal Ene Benedito Gonçalves, para que determine o Secretario de Administração Sr Jair Valdir Deretti, a encaminhar a esta casa de Lei cópia do SINCOV, referente ao Plano de Aplicação do Recurso de Emenda Parlamentar da Deputada Luísa Canziani, programa 530002010029 do Ministério do Desenvolvimento Regional.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/138/no._010-2019_-__genesio-_canselado.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/138/no._010-2019_-__genesio-_canselado.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador GENESIO NORBIATO, infra-firmado, nos termos do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente Requerimento, que visa solicitar do Senhor Luciano Cesar Ferreira as seguintes previdências</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/139/no._011-_genesio_-_convocacao.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/139/no._011-_genesio_-_convocacao.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Genésio Norbiato, infra-firmado, nos termos do Artigo 205 e 206 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente Requerimento, o qual visa convocar os Senhores: Secretário de Saúde Luciano Cesar Ferreira e o Diretor da Unidade Básica da Saúde - João Mendes, para comparecerem em umas das sessões da Câmara no prazo de quinze (15) dias a partir de que for recebida a respectiva comunicação, a fim de prestar esclarecimentos acerca da Autarquia Municipal de Saúde e o Atendimento a Saúde Pública</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/140/no._012_-_infor._prefeito_-_genesio.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/140/no._012_-_infor._prefeito_-_genesio.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Genésio Norbiato, infra-firmado, nos termos do Inciso VI do Artigo 124 do Regimento Interno, requer a essa presidência que submeta ao Plenário deste Poder o presente Requerimento, que visa solicitar informação ao Senhor Prefeito Municipal, _x000D_
 o porquê do não pagamento de Adicional Periculosidade, aos operadores de máquinas do município.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>Gieverson José Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/141/no._013-_infor._prefeito_-_gieverson.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/141/no._013-_infor._prefeito_-_gieverson.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Gieverson José Rodrigues, infra-firmado, nos termos do Inciso VI do Artigo 124 do Regimento Interno, requer a essa presidência que submeta ao Plenário deste Poder o presente Requerimento, que visa solicitar do Senhor Prefeito Municipal o relatório permonerizado do processo de isenção de tributos patronal da Autarquia Municipal de Saúde e Educação contendo</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>PROJ</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Genival de Souza</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/915/oo1_-_genival_-_sanepar.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/915/oo1_-_genival_-_sanepar.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição da cobrança de valor ou taxa mínima de consumo de água e tratamento de esgoto neste Município de Rio Bom - Paraná.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>Patricia Maria Deretti Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/916/002-_patricia_-_isenao_de_iptu.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/916/002-_patricia_-_isenao_de_iptu.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre isenção do imposto predial urbano, para portadores de câncer, doenças degenerativas, inválidos por acidentes de trabalho ou seus responsáveis legais e dá outras providencias;</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/917/003_-_joao_-_mudando_nome_de_rua.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/917/003_-_joao_-_mudando_nome_de_rua.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA SEBASTIÃO VEROLLA EM NOSSO MUNICÍPIO E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>BORC</t>
   </si>
   <si>
     <t>Balanços Orçamentários</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/877/12_2019_relatoriodcbalancoorcamentario_2.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/877/12_2019_relatoriodcbalancoorcamentario_2.pdf</t>
   </si>
   <si>
     <t>ANEXOS da Lei nº 4.320, de 17 de março de 1964</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>RGF</t>
   </si>
   <si>
     <t>Relatório de Gestão Fiscal</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/886/2019_relatoriorgfdisponibilidadedecaixarestosapagar_1.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/886/2019_relatoriorgfdisponibilidadedecaixarestosapagar_1.pdf</t>
   </si>
   <si>
     <t>RGF - Exercício de 2019</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1306,68 +1306,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/35/ata_no._001_-27-02_-_3o_quadrimente_2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/36/ata_no._002_-_29-05_-_1o_quadrimente_de_2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/297/indicacao_no.__001-2019_-_04-02-19.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/298/indicacao_no.__002-2019_-_04-02-19.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/299/indicacao_no.__004-2019_-_11-02-19.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/301/indicacao_no.__006-2019_-_14-02-19.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/302/indicacao_no.__007-2019_-_25-02-19.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/303/indicacao_no.__008-2019_-_11-03-19.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/304/indicacao_no.__010-2019_-_18-03-19.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/305/indicacao_no.__012-2019_-_18-03-19.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/306/indicacao_no.__013-2019_-_25-03-19.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/307/indicacao_no.__014-2019_-_08-04-19.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/308/indicacao_no.__015-2019_-_09-04-19.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/309/indicacao_no.__016-2019_-_22-04-19.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/310/indicacao_no.__017-2019_-_22-04-19.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/311/indicacao_no.__018-2019_-_29-04-19.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/312/indicacao_no.__019-2019_-_29-04-19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/313/indicacao_no.__020-2019_-_06-50-19.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/314/indicacao_no.__021-2019_-_06-05-19.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/315/indicacao_no.__022-2019_-_20-05-19.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/316/indicacao_no.__023-2019_-_27-05-19.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/317/indicacao_no.__024-2019_-_27-05-19.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/318/indicacao_no.__025-2019_-_27-05-19.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/319/indicacao_no.__026-2019_-_30-05-19.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/320/indicacao_no.__027-2019_-_30-05-19.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/321/indicacao_no.__028-2019_-_03-06-19.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/322/indicacao_no.__029-2019_-_17-06-19.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/323/indicacao_no.__030-2019_-_24-06-19.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/324/indicacao_no.__031-2019_-_24-06-19.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/326/indicacao_no.__033-2019_-_12-07-19.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/327/indicacao_no.__034-2019_-_05-08-19.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/328/indicacao_no.__035-2019_-_06-08-19.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/329/indicacao_no.__036-2019_-_06-08-19.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/330/indicacao_no.__037-2019_-_08-08-19.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/331/indicacao_no.__038-2019_-_13-08-19.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/332/indicacao_no.__039-2019_-_14-08-19.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/333/indicacao_no.__040-2019_-_19-08-19.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/334/indicacao_no.__041-2019_-_02-09-19.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/335/indicacao_no.__042-2019_-_02-09-19.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/336/indicacao_no.__043-2019_-_09-09-19.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/337/indicacao_no.__044-2019_-_09-09-19.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/338/indicacao_no.__045-2019_-_10-09-19.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/339/indicacao_no.__046-2019_-_10-09-19.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/340/indicacao_no.__047-2019_-_23-09-19.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/341/indicacao_no.__048-2019_-_30-09-19.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/342/indicacao_no.__049-2019_-_03-10-19.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/343/indicacao_no.__050-2019_-_03-10-19.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/344/indicacao_no.__051-2019_-_11-10-19.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/345/indicacao_no.__052-2019_-_14-10-19.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/346/indicacao_no.__053-2019_-_14-10-19.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/347/indicacao_no.__054-2019_-_21-10-19.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/349/indicacao_no.__056-2019_-_21-10-19.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/350/indicacao_no.__057-2019_-_04-11-19.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/352/indicacao_no.__060-2019_-_11-11-19.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/353/indicacao_no.__061-2019_-_11-11-19.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/354/indicacao_no.__062-2019_-_18-11-19.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/355/indicacao_no.__063-2019_-_18-11-19.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/356/indicacao_no.__064-2019_-_18-11-19.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/357/indicacao_no.__065-2019_-_18-11-19.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/358/indicacao_no.__066-2019_-_25-11-19.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/359/indicacao_no.__067-2019_-_02-12-19.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/360/indicacao_no.__068-2019_-_09-12-19.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/361/indicacao_no.__069-2019_-_16-12-19.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/61/001_-_repudio_ao_luciano_-_joao.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/62/002_-_mocao_de_apoio__agencia_do_correio.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/129/no._001-_ezequiel_e_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/130/no._002_-_infor._prefeito_-_genesio.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/131/no._003-_infor._prefeito_-_joao.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/132/no._004-_joao_-_convocacao_-_retirado.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/133/no._005_-__joao.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/135/no._007_-_infor._prefeito_-_jose.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/136/no._008-_genesio_inforamcoes_ao_presidente_da_autarquia.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/137/no._009-2019_-_joao_-_recurso_luisa_canziani.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/138/no._010-2019_-__genesio-_canselado.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/139/no._011-_genesio_-_convocacao.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/140/no._012_-_infor._prefeito_-_genesio.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/141/no._013-_infor._prefeito_-_gieverson.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/915/oo1_-_genival_-_sanepar.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/916/002-_patricia_-_isenao_de_iptu.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/917/003_-_joao_-_mudando_nome_de_rua.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/877/12_2019_relatoriodcbalancoorcamentario_2.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/886/2019_relatoriorgfdisponibilidadedecaixarestosapagar_1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/35/ata_no._001_-27-02_-_3o_quadrimente_2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/36/ata_no._002_-_29-05_-_1o_quadrimente_de_2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/297/indicacao_no.__001-2019_-_04-02-19.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/298/indicacao_no.__002-2019_-_04-02-19.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/299/indicacao_no.__004-2019_-_11-02-19.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/301/indicacao_no.__006-2019_-_14-02-19.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/302/indicacao_no.__007-2019_-_25-02-19.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/303/indicacao_no.__008-2019_-_11-03-19.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/304/indicacao_no.__010-2019_-_18-03-19.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/305/indicacao_no.__012-2019_-_18-03-19.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/306/indicacao_no.__013-2019_-_25-03-19.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/307/indicacao_no.__014-2019_-_08-04-19.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/308/indicacao_no.__015-2019_-_09-04-19.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/309/indicacao_no.__016-2019_-_22-04-19.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/310/indicacao_no.__017-2019_-_22-04-19.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/311/indicacao_no.__018-2019_-_29-04-19.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/312/indicacao_no.__019-2019_-_29-04-19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/313/indicacao_no.__020-2019_-_06-50-19.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/314/indicacao_no.__021-2019_-_06-05-19.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/315/indicacao_no.__022-2019_-_20-05-19.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/316/indicacao_no.__023-2019_-_27-05-19.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/317/indicacao_no.__024-2019_-_27-05-19.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/318/indicacao_no.__025-2019_-_27-05-19.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/319/indicacao_no.__026-2019_-_30-05-19.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/320/indicacao_no.__027-2019_-_30-05-19.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/321/indicacao_no.__028-2019_-_03-06-19.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/322/indicacao_no.__029-2019_-_17-06-19.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/323/indicacao_no.__030-2019_-_24-06-19.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/324/indicacao_no.__031-2019_-_24-06-19.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/326/indicacao_no.__033-2019_-_12-07-19.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/327/indicacao_no.__034-2019_-_05-08-19.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/328/indicacao_no.__035-2019_-_06-08-19.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/329/indicacao_no.__036-2019_-_06-08-19.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/330/indicacao_no.__037-2019_-_08-08-19.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/331/indicacao_no.__038-2019_-_13-08-19.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/332/indicacao_no.__039-2019_-_14-08-19.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/333/indicacao_no.__040-2019_-_19-08-19.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/334/indicacao_no.__041-2019_-_02-09-19.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/335/indicacao_no.__042-2019_-_02-09-19.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/336/indicacao_no.__043-2019_-_09-09-19.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/337/indicacao_no.__044-2019_-_09-09-19.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/338/indicacao_no.__045-2019_-_10-09-19.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/339/indicacao_no.__046-2019_-_10-09-19.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/340/indicacao_no.__047-2019_-_23-09-19.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/341/indicacao_no.__048-2019_-_30-09-19.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/342/indicacao_no.__049-2019_-_03-10-19.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/343/indicacao_no.__050-2019_-_03-10-19.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/344/indicacao_no.__051-2019_-_11-10-19.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/345/indicacao_no.__052-2019_-_14-10-19.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/346/indicacao_no.__053-2019_-_14-10-19.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/347/indicacao_no.__054-2019_-_21-10-19.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/349/indicacao_no.__056-2019_-_21-10-19.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/350/indicacao_no.__057-2019_-_04-11-19.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/352/indicacao_no.__060-2019_-_11-11-19.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/353/indicacao_no.__061-2019_-_11-11-19.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/354/indicacao_no.__062-2019_-_18-11-19.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/355/indicacao_no.__063-2019_-_18-11-19.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/356/indicacao_no.__064-2019_-_18-11-19.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/357/indicacao_no.__065-2019_-_18-11-19.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/358/indicacao_no.__066-2019_-_25-11-19.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/359/indicacao_no.__067-2019_-_02-12-19.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/360/indicacao_no.__068-2019_-_09-12-19.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/361/indicacao_no.__069-2019_-_16-12-19.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/61/001_-_repudio_ao_luciano_-_joao.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/62/002_-_mocao_de_apoio__agencia_do_correio.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/129/no._001-_ezequiel_e_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/130/no._002_-_infor._prefeito_-_genesio.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/131/no._003-_infor._prefeito_-_joao.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/132/no._004-_joao_-_convocacao_-_retirado.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/133/no._005_-__joao.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/135/no._007_-_infor._prefeito_-_jose.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/136/no._008-_genesio_inforamcoes_ao_presidente_da_autarquia.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/137/no._009-2019_-_joao_-_recurso_luisa_canziani.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/138/no._010-2019_-__genesio-_canselado.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/139/no._011-_genesio_-_convocacao.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/140/no._012_-_infor._prefeito_-_genesio.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/141/no._013-_infor._prefeito_-_gieverson.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/915/oo1_-_genival_-_sanepar.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/916/002-_patricia_-_isenao_de_iptu.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/917/003_-_joao_-_mudando_nome_de_rua.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/877/12_2019_relatoriodcbalancoorcamentario_2.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2019/886/2019_relatoriorgfdisponibilidadedecaixarestosapagar_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="181.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="127.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="126.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>