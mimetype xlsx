--- v0 (2025-12-08)
+++ v1 (2026-03-18)
@@ -54,1341 +54,1341 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>AAP</t>
   </si>
   <si>
     <t>Ata de Audiência Pública</t>
   </si>
   <si>
     <t>Osvaldo Norbiato</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/41/ata_da_audiencia_22-02-17._terc._quadri..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/41/ata_da_audiencia_22-02-17._terc._quadri..pdf</t>
   </si>
   <si>
     <t>Para a apresentação e prestação de contas do Poder Executivo, Legislativo e do fundo municipal de saúde referente ao terceiro quadrimestre do exercício financeiro de 2016, em atendimento a Lei Complementar Federal nº. 141 de 13 de Janeiro de 2012.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/42/ata_da_audiencia_29-05-17._primeiro_quadri.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/42/ata_da_audiencia_29-05-17._primeiro_quadri.pdf</t>
   </si>
   <si>
     <t>Para a apresentação e prestação de Contas do Poder Executivo, Legislativo e do Fundo Municipal de Saúde referente ao Primeiro Quadrimestre do Exercício Financeiro de 2017, em atendimento a Lei Complementar Federal nº. 141 de 13 de Janeiro de 2012.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/43/ata_da_audiencia_28-09_-_segundo_quadri.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/43/ata_da_audiencia_28-09_-_segundo_quadri.pdf</t>
   </si>
   <si>
     <t>Para a apresentação e prestação de Contas do Poder Executivo, Legislativo e do Fundo Municipal de Saúde referente ao Segundo Quadrimestre do Exercício Financeiro de 2017, em atendimento a Lei Complementar Federal nº. 141 de 13 de Janeiro de 2012, e a apresentação do PPA – Plano Plurianual 2018/2021 e a LOA – Lei Orçamentária Anual para o Exercício de 2018.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/485/indicacao_no._001_-2017_genesio_-_limpeza_de_datas.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/485/indicacao_no._001_-2017_genesio_-_limpeza_de_datas.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Genésio Norbiato infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine à seguinte providencia:</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/486/indicacao_no._002-2017_gieverson_-_pagamento_da_taxa_do_inpc..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/486/indicacao_no._002-2017_gieverson_-_pagamento_da_taxa_do_inpc..pdf</t>
   </si>
   <si>
     <t>O Vereador Gieverson José Rodrigues infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, que determine a seguinte providência:</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/487/indicacao_no._003-2017_gieverson_-manutencao_da_estrada_do_bairro_bom_pastor.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/487/indicacao_no._003-2017_gieverson_-manutencao_da_estrada_do_bairro_bom_pastor.pdf</t>
   </si>
   <si>
     <t>O Vereador Gieverson José Rodrigues infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, que determine ao setor responsável á seguinte providência:</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/488/indicacao_no._004-2017-_gieverson_implantacao_da_guarda_municipal.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/488/indicacao_no._004-2017-_gieverson_implantacao_da_guarda_municipal.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Gieverson José Rodrigues infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, que estude a viabilidade de:</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/</t>
+    <t>http://sapl.riobom.pr.leg.br/media/</t>
   </si>
   <si>
     <t>O Vereador Gieverson José Rodrigues infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, á seguinte providência:</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/490/indicacao_no._006-2017-_gieverson_manutencao_da_estrada_do_bairro_campeiro.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/490/indicacao_no._006-2017-_gieverson_manutencao_da_estrada_do_bairro_campeiro.pdf</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/491/indicacao_no._007-2017-_-_gieverson_-_manutencao_da_estrada_do_bairro_barroca.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/491/indicacao_no._007-2017-_-_gieverson_-_manutencao_da_estrada_do_bairro_barroca.pdf</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/492/indicacao_no._008-2017-_gieverson_-_continuidade_da_obra_do_muro_do_cemiterio_municipal..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/492/indicacao_no._008-2017-_gieverson_-_continuidade_da_obra_do_muro_do_cemiterio_municipal..pdf</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/493/indicacao_no._009-2017_gieverson_-_ajuda_de_custo_as_academicos_do_municipio..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/493/indicacao_no._009-2017_gieverson_-_ajuda_de_custo_as_academicos_do_municipio..pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Gieverson José Rodrigues infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, á seguinte providência:</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/494/indicacao_no._010-2017_gieverson_-_aumento_do_salario_para_funcionarios_que_ganham_apenas_um_salario_minimo..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/494/indicacao_no._010-2017_gieverson_-_aumento_do_salario_para_funcionarios_que_ganham_apenas_um_salario_minimo..pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Gieverson José Rodrigues infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, que determine a seguinte providência:</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/495/indicacao_no._011-2017_osvaldo-_cascalhamento_da_estrada_do_murito.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/495/indicacao_no._011-2017_osvaldo-_cascalhamento_da_estrada_do_murito.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Osvaldo Norbiato infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, que determine ao setor responsável a seguinte providência:</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/496/indicacao_no._012-2017_-_patricia-_quebra-_molas.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/496/indicacao_no._012-2017_-_patricia-_quebra-_molas.pdf</t>
   </si>
   <si>
     <t>A Senhora Vereadora Patrícia Maria Deretti Rodrigues infra-firmada, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal que determine à seguinte providencia:</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/497/indicacao_no._013-2017-_osvaldo_-_rovoriara.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/497/indicacao_no._013-2017-_osvaldo_-_rovoriara.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Osvaldo Norbiato, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Poder Executivo a seguinte providência:</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/498/indicacao_no._014-2017-_erick_-_retirada_de_entulhos.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/498/indicacao_no._014-2017-_erick_-_retirada_de_entulhos.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Erick Fernando Oliveira , infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Poder Executivo que determine ao setor responsável a seguinte providência:</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/499/indicacao_no._015-2017_-_amarildo__-_construcao_de_um_quebra-molas.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/499/indicacao_no._015-2017_-_amarildo__-_construcao_de_um_quebra-molas.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Amarildo Pinto de Andrade, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Poder Executivo á seguinte providência:</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/500/indicacao_no._016-2017_-_amarildo__-_construcao_de_um_quebra-molas.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/500/indicacao_no._016-2017_-_amarildo__-_construcao_de_um_quebra-molas.pdf</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/501/indicacao_no._017-2017_-_amarildo__-_manutencao_das_lampadas_dos_postes.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/501/indicacao_no._017-2017_-_amarildo__-_manutencao_das_lampadas_dos_postes.pdf</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/502/indicacao_no._018-2017_-_amarildo__-_manutencao_da_estrada_do_bairro_santa_maria.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/502/indicacao_no._018-2017_-_amarildo__-_manutencao_da_estrada_do_bairro_santa_maria.pdf</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/503/indicacao_no._019-2017_-_amarildo__-_manutencao__e_reconstrucao_das_caixas_de_agua..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/503/indicacao_no._019-2017_-_amarildo__-_manutencao__e_reconstrucao_das_caixas_de_agua..pdf</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/504/indicacao_no._020-2017_-_joao-_solicitacao_de_pagar_exames.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/504/indicacao_no._020-2017_-_joao-_solicitacao_de_pagar_exames.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador João Batista de Andrade, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Poder Executivo á seguinte providência:</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/505/indicacao_no._021-2017_-_genival-_estrada_fora_do_municpio.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/505/indicacao_no._021-2017_-_genival-_estrada_fora_do_municpio.pdf</t>
   </si>
   <si>
     <t>O senhor vereador Genival de Souza, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Poder Executivo á seguinte providência:</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/506/indicacao_no._022-2017_genesio_-_manutencao_de_estradas.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/506/indicacao_no._022-2017_genesio_-_manutencao_de_estradas.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Amarildo Pinto de Andrade infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine às seguintes providencias:</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/507/indicacao_no._023-2017_amarildo-_manutencao_e_instalacao.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/507/indicacao_no._023-2017_amarildo-_manutencao_e_instalacao.pdf</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/508/indicacao_no._024-2017_genival-_intalacao_da_feira_do_produtor.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/508/indicacao_no._024-2017_genival-_intalacao_da_feira_do_produtor.pdf</t>
   </si>
   <si>
     <t>O senhor Vereador Genival de Souza, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine à seguinte providencia:</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/509/indicacao_no._025-2017_jose_lissoti-_instalacao_de_fiacao_da_oi.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/509/indicacao_no._025-2017_jose_lissoti-_instalacao_de_fiacao_da_oi.pdf</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/510/indicacao_no._027-2017_osvaldo-_muro_da_academia_saude.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/510/indicacao_no._027-2017_osvaldo-_muro_da_academia_saude.pdf</t>
   </si>
   <si>
     <t>O senhor Vereador Osvaldo Norbiato, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine ao setor responsável á seguinte providencia:</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/511/indicacao_no._028-2017_erick_-_efetuar_as_melhorias_na_estrada_do_bairro_sao_jose.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/511/indicacao_no._028-2017_erick_-_efetuar_as_melhorias_na_estrada_do_bairro_sao_jose.pdf</t>
   </si>
   <si>
     <t>O senhor Vereador Erick Fernando de Oliveira, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine ao setor responsável ás seguintes providencias:</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/512/indicacao_no._029-2017_osvaldo_-_efetuar_as_melhorias_na_estrada_do_senhor_laurindo_xavier.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/512/indicacao_no._029-2017_osvaldo_-_efetuar_as_melhorias_na_estrada_do_senhor_laurindo_xavier.pdf</t>
   </si>
   <si>
     <t>O senhor Vereador Osvaldo Norbiato, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine ao setor responsável ás seguinte providencia:</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/513/indicacao_no._030-2017__gieverson_-_melhorias_diversas.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/513/indicacao_no._030-2017__gieverson_-_melhorias_diversas.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Gieverson José Rodrigues, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine ao setor responsável ás seguinte providencias:</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/514/indicacao_no._031-2017_osvaldo_-_melhorias_na_estrada_rio_bom_-_apu...pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/514/indicacao_no._031-2017_osvaldo_-_melhorias_na_estrada_rio_bom_-_apu...pdf</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/515/indicacao_no._032-2017_gen_seio_-_abrir_uma_rua_atrsa_do_campo_de_futebol_-_apu..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/515/indicacao_no._032-2017_gen_seio_-_abrir_uma_rua_atrsa_do_campo_de_futebol_-_apu..pdf</t>
   </si>
   <si>
     <t>O senhor Vereador Genésio Norbiato, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine ao setor responsável ás seguinte providencia:</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/516/indicacao_no._033-2017_-_patricia-_arrumar__asfalto.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/516/indicacao_no._033-2017_-_patricia-_arrumar__asfalto.pdf</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/517/indicacao_no._034_-2017_-_genesio_-_rampa_e_corrimao_ubs.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/517/indicacao_no._034_-2017_-_genesio_-_rampa_e_corrimao_ubs.pdf</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/518/indicacao_no._035-2017_osvaldo_-diversas.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/518/indicacao_no._035-2017_osvaldo_-diversas.pdf</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/519/indicacao_no._036-2017_osvaldo_-_construcao_de_lombadas.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/519/indicacao_no._036-2017_osvaldo_-_construcao_de_lombadas.pdf</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/520/indicacao_no._037-2017_genival-_diversos_pedidos.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/520/indicacao_no._037-2017_genival-_diversos_pedidos.pdf</t>
   </si>
   <si>
     <t>O senhor Vereador Genival de Souza, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine às seguintes providencias</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/521/indicacao_no._038-_osvaldo_-_varias_melhorias.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/521/indicacao_no._038-_osvaldo_-_varias_melhorias.pdf</t>
   </si>
   <si>
     <t>O senhor Vereador Osvaldo Norbiato, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine ao setor responsável ás seguinte providencias:</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/522/indicacao_no._039-2017_-_patricia-_nomes_das_ruas_e_numero_nas_casas.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/522/indicacao_no._039-2017_-_patricia-_nomes_das_ruas_e_numero_nas_casas.pdf</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/523/indicacao_no._040-2017_-_joao_-_quebra-_molas.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/523/indicacao_no._040-2017_-_joao_-_quebra-_molas.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador João Batista de Andrade infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal que determine às seguintes providencias:</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/524/indicacao_no._041-2017_erick_-_efetuar_as_melhorias_na_estradas_do_campero.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/524/indicacao_no._041-2017_erick_-_efetuar_as_melhorias_na_estradas_do_campero.pdf</t>
   </si>
   <si>
     <t>O senhor Vereador Erick Fernando de Oliveira, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine ao setor responsável ás seguinte providencias:</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/525/indicacao_no._042-_osvaldo_-_varias_melhorias.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/525/indicacao_no._042-_osvaldo_-_varias_melhorias.pdf</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/526/indicacao_no._043-2017-_gieverson_-_diversas.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/526/indicacao_no._043-2017-_gieverson_-_diversas.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Gieverson José Rodrigues infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, que determine ao setor responsável as seguintes providências:</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/527/indicacao_no._044_-2017_-_genesio_-_diversas.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/527/indicacao_no._044_-2017_-_genesio_-_diversas.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Genésio Norbiato infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine ao setor responsável ás seguinte providencias:</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/528/indicacao_no._045-2017_jose_lissoti-melhorias_na_estrada_do_bairro_santa_maria.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/528/indicacao_no._045-2017_jose_lissoti-melhorias_na_estrada_do_bairro_santa_maria.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador José Lissoti, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine ao setor responsável á seguinte providencia:</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/529/indicacao_no._046-2017-_gieverson_-_diversas.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/529/indicacao_no._046-2017-_gieverson_-_diversas.pdf</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/530/indicacao_no._047-2017_-_joao_-_melhorias_nescessarias.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/530/indicacao_no._047-2017_-_joao_-_melhorias_nescessarias.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador João Batista de Andrade infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal que determine ao setor responsável á seguinte providencia:</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/531/indicacao_no._048-_osvaldo_-_varias_melhorias.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/531/indicacao_no._048-_osvaldo_-_varias_melhorias.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Osvaldo Norbiato, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine ao setor responsável ás seguinte providencias</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/532/indicacao_no._049-2017_-_genival_-_quebra-_molas.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/532/indicacao_no._049-2017_-_genival_-_quebra-_molas.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Genival de Souza infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal que determine ao setor responsável á  seguinte providencia:</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/533/indicacao_no._050-2017-_gieverson_-_resrvar_vagas_no_hospital.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/533/indicacao_no._050-2017-_gieverson_-_resrvar_vagas_no_hospital.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Gieverson José Rodrigues infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, que determine ao setor responsável á seguinte providência:</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/534/indicacao_no._051-_osvaldo_-_estradado_simplicio.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/534/indicacao_no._051-_osvaldo_-_estradado_simplicio.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Osvaldo Norbiato, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine ao setor responsável á seguinte providencia:</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/535/indicacao_no._052-2017_jose_lissoti-melhorias_na_estrada_do_bairro_piaimirim.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/535/indicacao_no._052-2017_jose_lissoti-melhorias_na_estrada_do_bairro_piaimirim.pdf</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/536/indicacao_no._053-2017_erick_-_efetuar_diversas_melhorias.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/536/indicacao_no._053-2017_erick_-_efetuar_diversas_melhorias.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Erick Fernando de Oliveira, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine ao setor responsável ás seguinte providencias:</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/537/indicacao_no._054-_osvaldo_-_enxurrada.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/537/indicacao_no._054-_osvaldo_-_enxurrada.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Osvaldo Norbiato, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine ao setor responsável ás melhorias necessárias para conter a enxurrada  que está adentrando  a rua que passa em frente a residência do Senhor Diego, filho do Salvador, no Conjunto Residencial Edwirges .</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/538/indicacao_no._055-2017-_gieverson_-_diversas.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/538/indicacao_no._055-2017-_gieverson_-_diversas.pdf</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/539/indicacao_no._056-_osvaldo_-_varias_melhorias.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/539/indicacao_no._056-_osvaldo_-_varias_melhorias.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Osvaldo Norbiato, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine ao setor responsável ás seguinte providencias:</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/540/indicacao_no._057-2017_-_patricia-_tapar_os_buracos_na_avenida_rio_grande_do_sul.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/540/indicacao_no._057-2017_-_patricia-_tapar_os_buracos_na_avenida_rio_grande_do_sul.pdf</t>
   </si>
   <si>
     <t>A Senhora Vereadora Patrícia Maria Deretti Rodrigues infra-firmada, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal que determine ao setor responsável á seguinte providencia:</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/541/indicacao_no._058-_amarildo_-_varias_melhorias.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/541/indicacao_no._058-_amarildo_-_varias_melhorias.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Amarildo Pinto de Andrade, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine ao setor responsável ás seguintes providencias:</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/543/indicacao_no._060-2017_-_erick_-_melhorias_nas_estradas.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/543/indicacao_no._060-2017_-_erick_-_melhorias_nas_estradas.pdf</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/544/indicacao_no._061-2017_erick_-__efetuar_melhorias_na_estrada_do_senhor_jorgnho_leiteiro.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/544/indicacao_no._061-2017_erick_-__efetuar_melhorias_na_estrada_do_senhor_jorgnho_leiteiro.pdf</t>
   </si>
   <si>
     <t>O senhor Vereador Erick Fernando de Oliveira, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine ao setor responsável ás seguinte providencias</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/545/indicacao_no._062-2017_genival-_manutencao_de_estradas.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/545/indicacao_no._062-2017_genival-_manutencao_de_estradas.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Genival de Souza, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine às seguintes providencias:</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/546/indicacao_no._063-_amarildo_-_capacitar_motorista.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/546/indicacao_no._063-_amarildo_-_capacitar_motorista.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Amarildo Pinto de Andrade, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que estude a viabilidade de enviar à Câmara Municipal, Projeto de Lei que versa sobre capacitação de funcionários públicos que trabalhão na área da saúde como motoristas e outros que se fazem necessário para atuarem em situações de primeiros socorros e casos de urgência e emergência.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/547/indicacao_no._064-2017_-_joao-_solicitacao_ao_secretario_de_esportes.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/547/indicacao_no._064-2017_-_joao-_solicitacao_ao_secretario_de_esportes.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador João Batista de Andrade, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Poder Executivo que determine á seguinte providência:</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/548/indicacao_no._065-2017_-_joao-_solicitacao_de_uma_porta_mais_ampla_na_capela_mortuaria..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/548/indicacao_no._065-2017_-_joao-_solicitacao_de_uma_porta_mais_ampla_na_capela_mortuaria..pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Erick Fernando de Oliveira, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Poder Executivo que determine ao setor responsável á seguinte providência:</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/549/indicacao_no._065-2017_-_joao-_solicitacao_de_uma_porta_mais_ampla_na_capela_mortuaria..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/549/indicacao_no._065-2017_-_joao-_solicitacao_de_uma_porta_mais_ampla_na_capela_mortuaria..pdf</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/550/indicacao_no._067_-2017_-_genesio_-_guard_rails.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/550/indicacao_no._067_-2017_-_genesio_-_guard_rails.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Genésio Norbiato infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Senhor Presidente e aos Senhores Vereadores, o envio de expediente em nome da Câmara Municipal ao Departamento de Estradas de Rodagem - DER - reivindicando a construção de Guard Rails nos dois lados, bem como a sinalização de baixa velocidade na PR 539 estrada que liga Rio Bom ao Distrito de Santo Antonio do Palmital, especificadamente no trecho de descida do lago Beija Flor área de lazer do Município.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/551/indicacao_no._068-2017_osvaldo_-_patrolar_e_cascalhar_a_estrada_do_longuinho.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/551/indicacao_no._068-2017_osvaldo_-_patrolar_e_cascalhar_a_estrada_do_longuinho.pdf</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/552/indicacao_no._069-_amarildo_-_melhorias_academia.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/552/indicacao_no._069-_amarildo_-_melhorias_academia.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Amarildo Pinto de Andrade, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine ao setor responsável ás seguinte providencias:</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/553/indicacao_no._070-2017_-_joao_-_melhorias_nescessarias.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/553/indicacao_no._070-2017_-_joao_-_melhorias_nescessarias.pdf</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/554/indicacao_no._071-2017_gieverson_-efetuar_a_pulverizacao_de__hermicida.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/554/indicacao_no._071-2017_gieverson_-efetuar_a_pulverizacao_de__hermicida.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Gieverson José Rodrigues infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, que determine ao setor competente a seguinte providência:</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/555/indicacao_no._072-2017_-_erick_-_melhorias_nas_estradas.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/555/indicacao_no._072-2017_-_erick_-_melhorias_nas_estradas.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Erick Fernando de Oliveira, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Poder Executivo que determine ao setor responsável a seguinte providência:</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/557/indicacao_no._074-2017_erick_-__melhorias_na_rua_papa_joao_xxiii.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/557/indicacao_no._074-2017_erick_-__melhorias_na_rua_papa_joao_xxiii.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Erick Fernando de Oliveira, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine ao setor responsável ás seguintes providencias:</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/558/indicacao_no._075-2017_osvaldo_-_bancos_na_rodoviaria.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/558/indicacao_no._075-2017_osvaldo_-_bancos_na_rodoviaria.pdf</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/559/indicacao_no._076-2017_osvaldo_-_limpeza_do__ginasio_de_esportes.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/559/indicacao_no._076-2017_osvaldo_-_limpeza_do__ginasio_de_esportes.pdf</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/560/indicacao_no._077-2017_gieverson_-efetuar_a_limpeza_das_calcadas_e_ruas_..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/560/indicacao_no._077-2017_gieverson_-efetuar_a_limpeza_das_calcadas_e_ruas_..pdf</t>
   </si>
   <si>
     <t>Senhor Vereador Gieverson José Rodrigues infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, que determine ao setor competente a seguinte providência:</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/561/indicacao_no._078-2017_-_joao_-bebedouro.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/561/indicacao_no._078-2017_-_joao_-bebedouro.pdf</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/562/indicacao_no._079-2017_osvaldo_-_melhorias_na_ponte_do_lajeadao.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/562/indicacao_no._079-2017_osvaldo_-_melhorias_na_ponte_do_lajeadao.pdf</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/563/indicacao_no._080-2017_erick_-__construcao_de_rampa_de_acesso_aos_portadores_de_nescessidades_na_ubs..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/563/indicacao_no._080-2017_erick_-__construcao_de_rampa_de_acesso_aos_portadores_de_nescessidades_na_ubs..pdf</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/564/indicacao_no._081-2017_osvaldo_-_melhorias_nas_calcadas.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/564/indicacao_no._081-2017_osvaldo_-_melhorias_nas_calcadas.pdf</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/565/indicacao_no._082-2017-_gieverson_-_varias.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/565/indicacao_no._082-2017-_gieverson_-_varias.pdf</t>
   </si>
   <si>
     <t>O Vereador Gieverson José Rodrigues infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, que determine ao setor responsável ás seguintes providências:</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/566/indicacao_no._083_-_2017_-_genesio_-_construcao_muro_do_cemietrio_do_distrito_de_santo_antonio.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/566/indicacao_no._083_-_2017_-_genesio_-_construcao_muro_do_cemietrio_do_distrito_de_santo_antonio.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Genésio Norbiato, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal que determine ao setor responsável á seguinte providencia:</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/567/indicacao_no._084-2017-gieverson_-_melhorias_na_estrada_rio_bom_x_apucaran_via_sao_domingos.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/567/indicacao_no._084-2017-gieverson_-_melhorias_na_estrada_rio_bom_x_apucaran_via_sao_domingos.pdf</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/568/indicacao_no._085-2017_-_erick_-__melhorias_bairro_sao_jose.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/568/indicacao_no._085-2017_-_erick_-__melhorias_bairro_sao_jose.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Erick Fernando de Oliveira, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine ao setor responsável á seguintes providencias:</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/569/indicacao_no._086-2017-_prorrogacao_de_concurso..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/569/indicacao_no._086-2017-_prorrogacao_de_concurso..pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Osvaldo Norbiatto, infra-firmado, nos termos do Artigo 116 do Regimento Interno, vem através da presente indicação, sugerir ao Exmo. Sr. Prefeito Municipal a prorrogação do Concurso 001/2015, que  teve seu resultado final divulgado em 01/12/2015, por período de 2 anos podendo ser prorrogado por mais dois anos.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/570/indicacao_no._087-2017-_genival_-_melhorias_estradas.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/570/indicacao_no._087-2017-_genival_-_melhorias_estradas.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Genival de Souza, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Poder Executivo ás seguintes providências:</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/571/indicacao_no._088-2017_-_erick_-__melhorias_na_estrada_do_senhor_helio_rossi.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/571/indicacao_no._088-2017_-_erick_-__melhorias_na_estrada_do_senhor_helio_rossi.pdf</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/572/indicacao_no._089-2017_osvaldo_-_melhorias_na_estrada_do_herculano.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/572/indicacao_no._089-2017_osvaldo_-_melhorias_na_estrada_do_herculano.pdf</t>
   </si>
   <si>
     <t>Os Senhores Vereadores infra-firmados, que abaixo assinam, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine ao setor responsável ás seguinte providencias:</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/573/indicacao_no._090_-2017_-_genesio_-_jose_lissoti.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/573/indicacao_no._090_-2017_-_genesio_-_jose_lissoti.pdf</t>
   </si>
   <si>
     <t>Os Senhores Vereadores Genésio Norbiato e José Lissoti infra-firmados, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Senhor Presidente, o envio de expediente ao – DER - Departamento de Estradas de Rodagem, reivindicando as melhorias necessárias como tapa buracos na PR 539, estrada que liga Rio Bom ao Distrito de Santo Antonio do Palmital.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/574/indicacao_no._091-_osvaldo_-_construcao_de_quebra_molas.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/574/indicacao_no._091-_osvaldo_-_construcao_de_quebra_molas.pdf</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/575/indicacao_no._092-2017_erick_-__varias.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/575/indicacao_no._092-2017_erick_-__varias.pdf</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/576/indicacao_no._093-2017-_genival_-_varias.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/576/indicacao_no._093-2017-_genival_-_varias.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Genival de Souza, infra- firmado, vem respeitosamente na forma que estabelece o Artigo 116 do regimento interno, indicar e sugerir ao Exmo. Senhor Prefeito municipal que determine as seguintes providencias:</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/577/indicacao_no._094-2017_osvaldo_-_fexar_boca_de_lobo.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/577/indicacao_no._094-2017_osvaldo_-_fexar_boca_de_lobo.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Osvaldo Norbiato, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine ao setor responsável ás seguinte providencia:</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/578/indicacao_no._095-2017_genesio_melhorias_no_cemiterio_municipal.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/578/indicacao_no._095-2017_genesio_melhorias_no_cemiterio_municipal.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Genésio Norbiato infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, que determine ao setor competente as seguintes providências:</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/579/indicacao_no._096-2017_erick_-__melhorias_na__estrada_da_biquinha.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/579/indicacao_no._096-2017_erick_-__melhorias_na__estrada_da_biquinha.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Erick Fernando de Oliveira, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Senhor Prefeito Municipal que determine ao setor responsável á seguinte providencia:</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Amarildo Pinto de Andrade, Gieverson José Rodrigues, João Batista de Andrade</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/64/mocao_de_aplaucos_no-_001_-2017..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/64/mocao_de_aplaucos_no-_001_-2017..pdf</t>
   </si>
   <si>
     <t>Os Vereadores que abaixo subscrevem, solicitam que apos, ouvido o Soberano Plenário desta Casa, se envie Moção de Aplausos a Senhora JUCELINA MAIA DE SOUZA, pelo trabalho feito pelo HPV – RIO BOM, como a cidade que mais fez a prevenção.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Genésio Norbiato</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/377/requerimento_no_001-2017_-__genesio_-_informacoes_ao_prefeito.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/377/requerimento_no_001-2017_-__genesio_-_informacoes_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>EXCELÊNTISSIMO SENHOR PRESIDENTE DA CÂMARA DE VEREADORES DO MUNICIPIO DE RIO BOM.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>Amarildo Pinto de Andrade</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/378/requerimento_no_002-2017_-__amarildo_-_borrazopolis.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/378/requerimento_no_002-2017_-__amarildo_-_borrazopolis.pdf</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>João Batista de Andrade</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/379/requerimento_no_003-2017_-_joao__-_convocar_o_secretario_de_saude..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/379/requerimento_no_003-2017_-_joao__-_convocar_o_secretario_de_saude..pdf</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>Erick Fernando Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/380/requerimento_no_004_-_erick-_apucarana.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/380/requerimento_no_004_-_erick-_apucarana.pdf</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/381/requerimento_no_005-2017_-__osvaldo_-_informacoes_ao_prefeito.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/381/requerimento_no_005-2017_-__osvaldo_-_informacoes_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/382/requerimento_no_006_-_joao_-_ministerio_publico.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/382/requerimento_no_006_-_joao_-_ministerio_publico.pdf</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/383/requerimento_no_007-2017_-_joao__-_convocar_carlinhos_freiro_e_renan.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/383/requerimento_no_007-2017_-_joao__-_convocar_carlinhos_freiro_e_renan.pdf</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>Gieverson José Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/384/requerimento_no_008-2017_-__osvaldo_-_informacoes_ao_prefeito.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/384/requerimento_no_008-2017_-__osvaldo_-_informacoes_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/385/requerimento_no_009-2017_-__gieverson_pedido_de_providencia.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/385/requerimento_no_009-2017_-__gieverson_pedido_de_providencia.pdf</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/386/requerimento_no_010-2017_-__gieverson_-_informacoes_ao_prefeito.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/386/requerimento_no_010-2017_-__gieverson_-_informacoes_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/387/requerimento_no_011-2017_-__amarildo_-_geraldo_uria.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/387/requerimento_no_011-2017_-__amarildo_-_geraldo_uria.pdf</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>Patricia Maria Deretti Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/388/requerimento_no_012-2017_-__erick_-_informacao_sobre_o_carro_uno.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/388/requerimento_no_012-2017_-__erick_-_informacao_sobre_o_carro_uno.pdf</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/389/requerimento_no_013-2017_-__patricia_deslocamento_de_maquinarios.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/389/requerimento_no_013-2017_-__patricia_deslocamento_de_maquinarios.pdf</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>José Lissoti</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/390/requerimento_no_014-2017_-__lissoti_-_erick.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/390/requerimento_no_014-2017_-__lissoti_-_erick.pdf</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/391/requerimento_no_015-2017_-__patricia_deslocamento_de_maquinarios.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/391/requerimento_no_015-2017_-__patricia_deslocamento_de_maquinarios.pdf</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/392/requerimento_no_016-2017_-___joao.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/392/requerimento_no_016-2017_-___joao.pdf</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/393/requerimento_no_017-2017_-__gieverson_pedido_informacoes.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/393/requerimento_no_017-2017_-__gieverson_pedido_informacoes.pdf</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/394/requerimento_no_018-2017_-__amarildo_pedido_informacoes.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/394/requerimento_no_018-2017_-__amarildo_pedido_informacoes.pdf</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/395/requerimento_no_019-2017_-__genesio_-_informacoes_ao_prefeito.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/395/requerimento_no_019-2017_-__genesio_-_informacoes_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/396/requerimento_no_020-2017_-__secretario_esportes_-_joao.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/396/requerimento_no_020-2017_-__secretario_esportes_-_joao.pdf</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/397/requerimento_no_021-2017_-_convocacao_secretario_esportes.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/397/requerimento_no_021-2017_-_convocacao_secretario_esportes.pdf</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/398/requerimento_no_022-2017_-___prefeito.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/398/requerimento_no_022-2017_-___prefeito.pdf</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/399/requerimento_no_023-2017_-____gieverson_pedido_informacoes.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/399/requerimento_no_023-2017_-____gieverson_pedido_informacoes.pdf</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>Genésio Norbiato, José Lissoti, Patricia Maria Deretti Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/400/requerimento_no_024-2017_-____patricia_-_informacao_ao_presidente.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/400/requerimento_no_024-2017_-____patricia_-_informacao_ao_presidente.pdf</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>PROJ</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/921/proj._de_lei_do_legis._001-_genesio.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/921/proj._de_lei_do_legis._001-_genesio.pdf</t>
   </si>
   <si>
     <t>Estabelece a Política Municipal de Instrução Pública Sobre Primeiros Socorros.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>Genival de Souza</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/922/projeto_de_lei_no._002-_genival.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/922/projeto_de_lei_no._002-_genival.pdf</t>
   </si>
   <si>
     <t>Proíbe que as empresas de concessão de serviços públicos de água, luz e telefonias, que façam o corte do fornecimento, residencial, comercial ou industrial de seus serviços por falta de pagamento de contas em dia especifico e da outras providencias.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>BORC</t>
   </si>
   <si>
     <t>Balanços Orçamentários</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/875/12_2017_relatoriodcbalancoorcamentario_2.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/875/12_2017_relatoriodcbalancoorcamentario_2.pdf</t>
   </si>
   <si>
     <t>ANEXOS da Lei nº 4.320, de 17 de março de 1964</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>RGF</t>
   </si>
   <si>
     <t>Relatório de Gestão Fiscal</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/884/2017_relatoriorgfdisponibilidadedecaixa_1.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/884/2017_relatoriorgfdisponibilidadedecaixa_1.pdf</t>
   </si>
   <si>
     <t>RGF - Exercício de 2017</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1695,68 +1695,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/41/ata_da_audiencia_22-02-17._terc._quadri..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/42/ata_da_audiencia_29-05-17._primeiro_quadri.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/43/ata_da_audiencia_28-09_-_segundo_quadri.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/485/indicacao_no._001_-2017_genesio_-_limpeza_de_datas.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/486/indicacao_no._002-2017_gieverson_-_pagamento_da_taxa_do_inpc..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/487/indicacao_no._003-2017_gieverson_-manutencao_da_estrada_do_bairro_bom_pastor.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/488/indicacao_no._004-2017-_gieverson_implantacao_da_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/490/indicacao_no._006-2017-_gieverson_manutencao_da_estrada_do_bairro_campeiro.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/491/indicacao_no._007-2017-_-_gieverson_-_manutencao_da_estrada_do_bairro_barroca.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/492/indicacao_no._008-2017-_gieverson_-_continuidade_da_obra_do_muro_do_cemiterio_municipal..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/493/indicacao_no._009-2017_gieverson_-_ajuda_de_custo_as_academicos_do_municipio..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/494/indicacao_no._010-2017_gieverson_-_aumento_do_salario_para_funcionarios_que_ganham_apenas_um_salario_minimo..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/495/indicacao_no._011-2017_osvaldo-_cascalhamento_da_estrada_do_murito.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/496/indicacao_no._012-2017_-_patricia-_quebra-_molas.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/497/indicacao_no._013-2017-_osvaldo_-_rovoriara.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/498/indicacao_no._014-2017-_erick_-_retirada_de_entulhos.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/499/indicacao_no._015-2017_-_amarildo__-_construcao_de_um_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/500/indicacao_no._016-2017_-_amarildo__-_construcao_de_um_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/501/indicacao_no._017-2017_-_amarildo__-_manutencao_das_lampadas_dos_postes.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/502/indicacao_no._018-2017_-_amarildo__-_manutencao_da_estrada_do_bairro_santa_maria.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/503/indicacao_no._019-2017_-_amarildo__-_manutencao__e_reconstrucao_das_caixas_de_agua..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/504/indicacao_no._020-2017_-_joao-_solicitacao_de_pagar_exames.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/505/indicacao_no._021-2017_-_genival-_estrada_fora_do_municpio.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/506/indicacao_no._022-2017_genesio_-_manutencao_de_estradas.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/507/indicacao_no._023-2017_amarildo-_manutencao_e_instalacao.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/508/indicacao_no._024-2017_genival-_intalacao_da_feira_do_produtor.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/509/indicacao_no._025-2017_jose_lissoti-_instalacao_de_fiacao_da_oi.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/510/indicacao_no._027-2017_osvaldo-_muro_da_academia_saude.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/511/indicacao_no._028-2017_erick_-_efetuar_as_melhorias_na_estrada_do_bairro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/512/indicacao_no._029-2017_osvaldo_-_efetuar_as_melhorias_na_estrada_do_senhor_laurindo_xavier.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/513/indicacao_no._030-2017__gieverson_-_melhorias_diversas.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/514/indicacao_no._031-2017_osvaldo_-_melhorias_na_estrada_rio_bom_-_apu...pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/515/indicacao_no._032-2017_gen_seio_-_abrir_uma_rua_atrsa_do_campo_de_futebol_-_apu..pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/516/indicacao_no._033-2017_-_patricia-_arrumar__asfalto.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/517/indicacao_no._034_-2017_-_genesio_-_rampa_e_corrimao_ubs.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/518/indicacao_no._035-2017_osvaldo_-diversas.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/519/indicacao_no._036-2017_osvaldo_-_construcao_de_lombadas.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/520/indicacao_no._037-2017_genival-_diversos_pedidos.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/521/indicacao_no._038-_osvaldo_-_varias_melhorias.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/522/indicacao_no._039-2017_-_patricia-_nomes_das_ruas_e_numero_nas_casas.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/523/indicacao_no._040-2017_-_joao_-_quebra-_molas.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/524/indicacao_no._041-2017_erick_-_efetuar_as_melhorias_na_estradas_do_campero.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/525/indicacao_no._042-_osvaldo_-_varias_melhorias.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/526/indicacao_no._043-2017-_gieverson_-_diversas.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/527/indicacao_no._044_-2017_-_genesio_-_diversas.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/528/indicacao_no._045-2017_jose_lissoti-melhorias_na_estrada_do_bairro_santa_maria.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/529/indicacao_no._046-2017-_gieverson_-_diversas.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/530/indicacao_no._047-2017_-_joao_-_melhorias_nescessarias.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/531/indicacao_no._048-_osvaldo_-_varias_melhorias.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/532/indicacao_no._049-2017_-_genival_-_quebra-_molas.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/533/indicacao_no._050-2017-_gieverson_-_resrvar_vagas_no_hospital.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/534/indicacao_no._051-_osvaldo_-_estradado_simplicio.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/535/indicacao_no._052-2017_jose_lissoti-melhorias_na_estrada_do_bairro_piaimirim.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/536/indicacao_no._053-2017_erick_-_efetuar_diversas_melhorias.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/537/indicacao_no._054-_osvaldo_-_enxurrada.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/538/indicacao_no._055-2017-_gieverson_-_diversas.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/539/indicacao_no._056-_osvaldo_-_varias_melhorias.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/540/indicacao_no._057-2017_-_patricia-_tapar_os_buracos_na_avenida_rio_grande_do_sul.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/541/indicacao_no._058-_amarildo_-_varias_melhorias.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/543/indicacao_no._060-2017_-_erick_-_melhorias_nas_estradas.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/544/indicacao_no._061-2017_erick_-__efetuar_melhorias_na_estrada_do_senhor_jorgnho_leiteiro.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/545/indicacao_no._062-2017_genival-_manutencao_de_estradas.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/546/indicacao_no._063-_amarildo_-_capacitar_motorista.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/547/indicacao_no._064-2017_-_joao-_solicitacao_ao_secretario_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/548/indicacao_no._065-2017_-_joao-_solicitacao_de_uma_porta_mais_ampla_na_capela_mortuaria..pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/549/indicacao_no._065-2017_-_joao-_solicitacao_de_uma_porta_mais_ampla_na_capela_mortuaria..pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/550/indicacao_no._067_-2017_-_genesio_-_guard_rails.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/551/indicacao_no._068-2017_osvaldo_-_patrolar_e_cascalhar_a_estrada_do_longuinho.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/552/indicacao_no._069-_amarildo_-_melhorias_academia.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/553/indicacao_no._070-2017_-_joao_-_melhorias_nescessarias.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/554/indicacao_no._071-2017_gieverson_-efetuar_a_pulverizacao_de__hermicida.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/555/indicacao_no._072-2017_-_erick_-_melhorias_nas_estradas.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/557/indicacao_no._074-2017_erick_-__melhorias_na_rua_papa_joao_xxiii.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/558/indicacao_no._075-2017_osvaldo_-_bancos_na_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/559/indicacao_no._076-2017_osvaldo_-_limpeza_do__ginasio_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/560/indicacao_no._077-2017_gieverson_-efetuar_a_limpeza_das_calcadas_e_ruas_..pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/561/indicacao_no._078-2017_-_joao_-bebedouro.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/562/indicacao_no._079-2017_osvaldo_-_melhorias_na_ponte_do_lajeadao.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/563/indicacao_no._080-2017_erick_-__construcao_de_rampa_de_acesso_aos_portadores_de_nescessidades_na_ubs..pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/564/indicacao_no._081-2017_osvaldo_-_melhorias_nas_calcadas.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/565/indicacao_no._082-2017-_gieverson_-_varias.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/566/indicacao_no._083_-_2017_-_genesio_-_construcao_muro_do_cemietrio_do_distrito_de_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/567/indicacao_no._084-2017-gieverson_-_melhorias_na_estrada_rio_bom_x_apucaran_via_sao_domingos.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/568/indicacao_no._085-2017_-_erick_-__melhorias_bairro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/569/indicacao_no._086-2017-_prorrogacao_de_concurso..pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/570/indicacao_no._087-2017-_genival_-_melhorias_estradas.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/571/indicacao_no._088-2017_-_erick_-__melhorias_na_estrada_do_senhor_helio_rossi.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/572/indicacao_no._089-2017_osvaldo_-_melhorias_na_estrada_do_herculano.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/573/indicacao_no._090_-2017_-_genesio_-_jose_lissoti.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/574/indicacao_no._091-_osvaldo_-_construcao_de_quebra_molas.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/575/indicacao_no._092-2017_erick_-__varias.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/576/indicacao_no._093-2017-_genival_-_varias.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/577/indicacao_no._094-2017_osvaldo_-_fexar_boca_de_lobo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/578/indicacao_no._095-2017_genesio_melhorias_no_cemiterio_municipal.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/579/indicacao_no._096-2017_erick_-__melhorias_na__estrada_da_biquinha.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/64/mocao_de_aplaucos_no-_001_-2017..pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/377/requerimento_no_001-2017_-__genesio_-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/378/requerimento_no_002-2017_-__amarildo_-_borrazopolis.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/379/requerimento_no_003-2017_-_joao__-_convocar_o_secretario_de_saude..pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/380/requerimento_no_004_-_erick-_apucarana.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/381/requerimento_no_005-2017_-__osvaldo_-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/382/requerimento_no_006_-_joao_-_ministerio_publico.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/383/requerimento_no_007-2017_-_joao__-_convocar_carlinhos_freiro_e_renan.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/384/requerimento_no_008-2017_-__osvaldo_-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/385/requerimento_no_009-2017_-__gieverson_pedido_de_providencia.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/386/requerimento_no_010-2017_-__gieverson_-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/387/requerimento_no_011-2017_-__amarildo_-_geraldo_uria.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/388/requerimento_no_012-2017_-__erick_-_informacao_sobre_o_carro_uno.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/389/requerimento_no_013-2017_-__patricia_deslocamento_de_maquinarios.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/390/requerimento_no_014-2017_-__lissoti_-_erick.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/391/requerimento_no_015-2017_-__patricia_deslocamento_de_maquinarios.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/392/requerimento_no_016-2017_-___joao.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/393/requerimento_no_017-2017_-__gieverson_pedido_informacoes.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/394/requerimento_no_018-2017_-__amarildo_pedido_informacoes.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/395/requerimento_no_019-2017_-__genesio_-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/396/requerimento_no_020-2017_-__secretario_esportes_-_joao.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/397/requerimento_no_021-2017_-_convocacao_secretario_esportes.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/398/requerimento_no_022-2017_-___prefeito.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/399/requerimento_no_023-2017_-____gieverson_pedido_informacoes.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/400/requerimento_no_024-2017_-____patricia_-_informacao_ao_presidente.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/921/proj._de_lei_do_legis._001-_genesio.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/922/projeto_de_lei_no._002-_genival.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/875/12_2017_relatoriodcbalancoorcamentario_2.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/884/2017_relatoriorgfdisponibilidadedecaixa_1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/41/ata_da_audiencia_22-02-17._terc._quadri..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/42/ata_da_audiencia_29-05-17._primeiro_quadri.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/43/ata_da_audiencia_28-09_-_segundo_quadri.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/485/indicacao_no._001_-2017_genesio_-_limpeza_de_datas.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/486/indicacao_no._002-2017_gieverson_-_pagamento_da_taxa_do_inpc..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/487/indicacao_no._003-2017_gieverson_-manutencao_da_estrada_do_bairro_bom_pastor.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/488/indicacao_no._004-2017-_gieverson_implantacao_da_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/490/indicacao_no._006-2017-_gieverson_manutencao_da_estrada_do_bairro_campeiro.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/491/indicacao_no._007-2017-_-_gieverson_-_manutencao_da_estrada_do_bairro_barroca.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/492/indicacao_no._008-2017-_gieverson_-_continuidade_da_obra_do_muro_do_cemiterio_municipal..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/493/indicacao_no._009-2017_gieverson_-_ajuda_de_custo_as_academicos_do_municipio..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/494/indicacao_no._010-2017_gieverson_-_aumento_do_salario_para_funcionarios_que_ganham_apenas_um_salario_minimo..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/495/indicacao_no._011-2017_osvaldo-_cascalhamento_da_estrada_do_murito.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/496/indicacao_no._012-2017_-_patricia-_quebra-_molas.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/497/indicacao_no._013-2017-_osvaldo_-_rovoriara.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/498/indicacao_no._014-2017-_erick_-_retirada_de_entulhos.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/499/indicacao_no._015-2017_-_amarildo__-_construcao_de_um_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/500/indicacao_no._016-2017_-_amarildo__-_construcao_de_um_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/501/indicacao_no._017-2017_-_amarildo__-_manutencao_das_lampadas_dos_postes.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/502/indicacao_no._018-2017_-_amarildo__-_manutencao_da_estrada_do_bairro_santa_maria.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/503/indicacao_no._019-2017_-_amarildo__-_manutencao__e_reconstrucao_das_caixas_de_agua..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/504/indicacao_no._020-2017_-_joao-_solicitacao_de_pagar_exames.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/505/indicacao_no._021-2017_-_genival-_estrada_fora_do_municpio.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/506/indicacao_no._022-2017_genesio_-_manutencao_de_estradas.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/507/indicacao_no._023-2017_amarildo-_manutencao_e_instalacao.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/508/indicacao_no._024-2017_genival-_intalacao_da_feira_do_produtor.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/509/indicacao_no._025-2017_jose_lissoti-_instalacao_de_fiacao_da_oi.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/510/indicacao_no._027-2017_osvaldo-_muro_da_academia_saude.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/511/indicacao_no._028-2017_erick_-_efetuar_as_melhorias_na_estrada_do_bairro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/512/indicacao_no._029-2017_osvaldo_-_efetuar_as_melhorias_na_estrada_do_senhor_laurindo_xavier.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/513/indicacao_no._030-2017__gieverson_-_melhorias_diversas.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/514/indicacao_no._031-2017_osvaldo_-_melhorias_na_estrada_rio_bom_-_apu...pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/515/indicacao_no._032-2017_gen_seio_-_abrir_uma_rua_atrsa_do_campo_de_futebol_-_apu..pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/516/indicacao_no._033-2017_-_patricia-_arrumar__asfalto.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/517/indicacao_no._034_-2017_-_genesio_-_rampa_e_corrimao_ubs.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/518/indicacao_no._035-2017_osvaldo_-diversas.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/519/indicacao_no._036-2017_osvaldo_-_construcao_de_lombadas.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/520/indicacao_no._037-2017_genival-_diversos_pedidos.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/521/indicacao_no._038-_osvaldo_-_varias_melhorias.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/522/indicacao_no._039-2017_-_patricia-_nomes_das_ruas_e_numero_nas_casas.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/523/indicacao_no._040-2017_-_joao_-_quebra-_molas.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/524/indicacao_no._041-2017_erick_-_efetuar_as_melhorias_na_estradas_do_campero.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/525/indicacao_no._042-_osvaldo_-_varias_melhorias.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/526/indicacao_no._043-2017-_gieverson_-_diversas.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/527/indicacao_no._044_-2017_-_genesio_-_diversas.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/528/indicacao_no._045-2017_jose_lissoti-melhorias_na_estrada_do_bairro_santa_maria.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/529/indicacao_no._046-2017-_gieverson_-_diversas.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/530/indicacao_no._047-2017_-_joao_-_melhorias_nescessarias.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/531/indicacao_no._048-_osvaldo_-_varias_melhorias.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/532/indicacao_no._049-2017_-_genival_-_quebra-_molas.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/533/indicacao_no._050-2017-_gieverson_-_resrvar_vagas_no_hospital.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/534/indicacao_no._051-_osvaldo_-_estradado_simplicio.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/535/indicacao_no._052-2017_jose_lissoti-melhorias_na_estrada_do_bairro_piaimirim.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/536/indicacao_no._053-2017_erick_-_efetuar_diversas_melhorias.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/537/indicacao_no._054-_osvaldo_-_enxurrada.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/538/indicacao_no._055-2017-_gieverson_-_diversas.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/539/indicacao_no._056-_osvaldo_-_varias_melhorias.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/540/indicacao_no._057-2017_-_patricia-_tapar_os_buracos_na_avenida_rio_grande_do_sul.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/541/indicacao_no._058-_amarildo_-_varias_melhorias.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/543/indicacao_no._060-2017_-_erick_-_melhorias_nas_estradas.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/544/indicacao_no._061-2017_erick_-__efetuar_melhorias_na_estrada_do_senhor_jorgnho_leiteiro.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/545/indicacao_no._062-2017_genival-_manutencao_de_estradas.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/546/indicacao_no._063-_amarildo_-_capacitar_motorista.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/547/indicacao_no._064-2017_-_joao-_solicitacao_ao_secretario_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/548/indicacao_no._065-2017_-_joao-_solicitacao_de_uma_porta_mais_ampla_na_capela_mortuaria..pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/549/indicacao_no._065-2017_-_joao-_solicitacao_de_uma_porta_mais_ampla_na_capela_mortuaria..pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/550/indicacao_no._067_-2017_-_genesio_-_guard_rails.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/551/indicacao_no._068-2017_osvaldo_-_patrolar_e_cascalhar_a_estrada_do_longuinho.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/552/indicacao_no._069-_amarildo_-_melhorias_academia.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/553/indicacao_no._070-2017_-_joao_-_melhorias_nescessarias.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/554/indicacao_no._071-2017_gieverson_-efetuar_a_pulverizacao_de__hermicida.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/555/indicacao_no._072-2017_-_erick_-_melhorias_nas_estradas.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/557/indicacao_no._074-2017_erick_-__melhorias_na_rua_papa_joao_xxiii.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/558/indicacao_no._075-2017_osvaldo_-_bancos_na_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/559/indicacao_no._076-2017_osvaldo_-_limpeza_do__ginasio_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/560/indicacao_no._077-2017_gieverson_-efetuar_a_limpeza_das_calcadas_e_ruas_..pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/561/indicacao_no._078-2017_-_joao_-bebedouro.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/562/indicacao_no._079-2017_osvaldo_-_melhorias_na_ponte_do_lajeadao.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/563/indicacao_no._080-2017_erick_-__construcao_de_rampa_de_acesso_aos_portadores_de_nescessidades_na_ubs..pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/564/indicacao_no._081-2017_osvaldo_-_melhorias_nas_calcadas.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/565/indicacao_no._082-2017-_gieverson_-_varias.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/566/indicacao_no._083_-_2017_-_genesio_-_construcao_muro_do_cemietrio_do_distrito_de_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/567/indicacao_no._084-2017-gieverson_-_melhorias_na_estrada_rio_bom_x_apucaran_via_sao_domingos.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/568/indicacao_no._085-2017_-_erick_-__melhorias_bairro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/569/indicacao_no._086-2017-_prorrogacao_de_concurso..pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/570/indicacao_no._087-2017-_genival_-_melhorias_estradas.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/571/indicacao_no._088-2017_-_erick_-__melhorias_na_estrada_do_senhor_helio_rossi.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/572/indicacao_no._089-2017_osvaldo_-_melhorias_na_estrada_do_herculano.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/573/indicacao_no._090_-2017_-_genesio_-_jose_lissoti.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/574/indicacao_no._091-_osvaldo_-_construcao_de_quebra_molas.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/575/indicacao_no._092-2017_erick_-__varias.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/576/indicacao_no._093-2017-_genival_-_varias.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/577/indicacao_no._094-2017_osvaldo_-_fexar_boca_de_lobo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/578/indicacao_no._095-2017_genesio_melhorias_no_cemiterio_municipal.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/579/indicacao_no._096-2017_erick_-__melhorias_na__estrada_da_biquinha.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/64/mocao_de_aplaucos_no-_001_-2017..pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/377/requerimento_no_001-2017_-__genesio_-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/378/requerimento_no_002-2017_-__amarildo_-_borrazopolis.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/379/requerimento_no_003-2017_-_joao__-_convocar_o_secretario_de_saude..pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/380/requerimento_no_004_-_erick-_apucarana.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/381/requerimento_no_005-2017_-__osvaldo_-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/382/requerimento_no_006_-_joao_-_ministerio_publico.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/383/requerimento_no_007-2017_-_joao__-_convocar_carlinhos_freiro_e_renan.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/384/requerimento_no_008-2017_-__osvaldo_-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/385/requerimento_no_009-2017_-__gieverson_pedido_de_providencia.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/386/requerimento_no_010-2017_-__gieverson_-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/387/requerimento_no_011-2017_-__amarildo_-_geraldo_uria.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/388/requerimento_no_012-2017_-__erick_-_informacao_sobre_o_carro_uno.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/389/requerimento_no_013-2017_-__patricia_deslocamento_de_maquinarios.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/390/requerimento_no_014-2017_-__lissoti_-_erick.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/391/requerimento_no_015-2017_-__patricia_deslocamento_de_maquinarios.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/392/requerimento_no_016-2017_-___joao.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/393/requerimento_no_017-2017_-__gieverson_pedido_informacoes.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/394/requerimento_no_018-2017_-__amarildo_pedido_informacoes.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/395/requerimento_no_019-2017_-__genesio_-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/396/requerimento_no_020-2017_-__secretario_esportes_-_joao.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/397/requerimento_no_021-2017_-_convocacao_secretario_esportes.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/398/requerimento_no_022-2017_-___prefeito.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/399/requerimento_no_023-2017_-____gieverson_pedido_informacoes.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/400/requerimento_no_024-2017_-____patricia_-_informacao_ao_presidente.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/921/proj._de_lei_do_legis._001-_genesio.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/922/projeto_de_lei_no._002-_genival.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/875/12_2017_relatoriodcbalancoorcamentario_2.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2017/884/2017_relatoriorgfdisponibilidadedecaixa_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H128"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="70.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="180.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="179.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>