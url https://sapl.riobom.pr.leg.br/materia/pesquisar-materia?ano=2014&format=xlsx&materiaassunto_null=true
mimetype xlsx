--- v0 (2025-12-08)
+++ v1 (2026-03-19)
@@ -54,670 +54,670 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>AAP</t>
   </si>
   <si>
     <t>Ata de Audiência Pública</t>
   </si>
   <si>
     <t>Osvaldo Norbiato</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/50/ata_da_audiencia_27-02-14_-_prefeito_presente.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/50/ata_da_audiencia_27-02-14_-_prefeito_presente.pdf</t>
   </si>
   <si>
     <t>Para a Audiência Pública nas Prestações de Contas da Secretaria Municipal de Saúde referente ao Terceiro Quadrimestre de 2013, em atendimento a Lei Complementar Federal nº. 141 de 13 de Janeiro de 2012.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/51/ata_da_audiencia_29-05-14..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/51/ata_da_audiencia_29-05-14..pdf</t>
   </si>
   <si>
     <t>Para a Audiência Pública nas Prestações de Contas da Secretaria Municipal de Saúde referente ao Primeiro Quadrimestre de 2014, em atendimento a Lei Complementar Federal nº. 141 de 13 de Janeiro de 2012.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/52/ata_da_audiencia_30-09-14._segundo_quadrimestre.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/52/ata_da_audiencia_30-09-14._segundo_quadrimestre.pdf</t>
   </si>
   <si>
     <t>Para a Audiência Pública nas Prestações de Contas da Secretaria Municipal de Saúde, do Executivo e Legislativo referente ao Segundo Quadrimestre de 2014, em atendimento a Lei Complementar Federal nº. 141 de 13 de Janeiro de 2012</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/220/indicacao_no.__001-2014_-_gieverson_-__melhorias_nas_estradas.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/220/indicacao_no.__001-2014_-_gieverson_-__melhorias_nas_estradas.pdf</t>
   </si>
   <si>
     <t>O Vereador Gieverson José Rodrigues infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, que determine a seguinte providência:</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/221/indicacao_no.__002-2014_-_gieverson_-_grafificacao_aos_func._da_saude.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/221/indicacao_no.__002-2014_-_gieverson_-_grafificacao_aos_func._da_saude.pdf</t>
   </si>
   <si>
     <t>O Vereador Enio José Santos infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, que, determine ao setor competente que faça o cascalhamento que do acesso as casas rurais que foram concluídas e as demais que estão em faze de construção na área rural do Município._x000D_
  Justificativa: Cabe salientar que na primeira etapa algumas residências já receberam o cascalhamento em seus acessos e as demais ainda aguardam as devidas melhorias.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/222/indicacao_no.__003-2014_-_enio_jose_santos-_cascalamento_das_estradas_rurais.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/222/indicacao_no.__003-2014_-_enio_jose_santos-_cascalamento_das_estradas_rurais.pdf</t>
   </si>
   <si>
     <t>O Vereador Enio José Santos infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, que determine ao setor competente o cascalhamento do acesso as casas rurais que foram concluídas na primeira etapa e também nas demais que estão em fase de construção na segunda etapa na área Rural do Município.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/223/indicacao_no.__004-2014-_genesio_-_igreja_assembleia.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/223/indicacao_no.__004-2014-_genesio_-_igreja_assembleia.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador GENÉSIO NORBIATO infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal a seguinte providência:</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/224/indicacao_no.__005-2014-_genesio_-_igreja_assembleia.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/224/indicacao_no.__005-2014-_genesio_-_igreja_assembleia.pdf</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/225/indicacao_no.__006-2014_-_ricardo_-_limpesa_das_ruas_do_central_park.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/225/indicacao_no.__006-2014_-_ricardo_-_limpesa_das_ruas_do_central_park.pdf</t>
   </si>
   <si>
     <t>O Vereador RICARDO MELCHERT infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, que determine ao setor competente a seguinte providência:</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/226/indicacao_no.__007-2014_-_patricia_-_horas_maquinas..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/226/indicacao_no.__007-2014_-_patricia_-_horas_maquinas..pdf</t>
   </si>
   <si>
     <t>A Vereadora Patrícia Maria Deretti Rodrigues infra-firmada, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal que determine à seguinte providencia:</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/227/indicacao_no.__008-2014_-_patricia_-_molhar_as_ruas..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/227/indicacao_no.__008-2014_-_patricia_-_molhar_as_ruas..pdf</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/228/indicacao_no.__009-2014_-_gieverson_-__melhorias_nas_estradas_rurais.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/228/indicacao_no.__009-2014_-_gieverson_-__melhorias_nas_estradas_rurais.pdf</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/229/indicacao_no.__010-2014_-_gieverson_-__melhorias_na_avenida_kissina.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/229/indicacao_no.__010-2014_-_gieverson_-__melhorias_na_avenida_kissina.pdf</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/230/indicacao_no.__011-2014-_genesio_-_forro_no_centro_comunitario..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/230/indicacao_no.__011-2014-_genesio_-_forro_no_centro_comunitario..pdf</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/231/indicacao_no.__012-2014_-_enio_jose_santos-_bolas_de_bocha.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/231/indicacao_no.__012-2014_-_enio_jose_santos-_bolas_de_bocha.pdf</t>
   </si>
   <si>
     <t>O Vereador Enio José Santos infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, A AQUISIÇÃO DE UM NOVO JOGO DE BOLAS para o campo de BOCHA localizado no Complexo Esportivo Amante Felipetto.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/232/indicacao_no.__013-2014_-_ricardo_-_ponto_de_onibus.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/232/indicacao_no.__013-2014_-_ricardo_-_ponto_de_onibus.pdf</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/233/indicacao_no.__014-2014_-_ricardo_-_casas_rurais..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/233/indicacao_no.__014-2014_-_ricardo_-_casas_rurais..pdf</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/234/indicacao_no.__015-2014_-_ricardo_-_abrigo_nos_pontos_de_onibus.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/234/indicacao_no.__015-2014_-_ricardo_-_abrigo_nos_pontos_de_onibus.pdf</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/235/indicacao_no.__016-2014_-_ricardo_-_limpeza_na_cidade..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/235/indicacao_no.__016-2014_-_ricardo_-_limpeza_na_cidade..pdf</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/236/indicacao_no.__017-2014_-_gieverson_-__matar_mato_nas_ruas_ca_cidade..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/236/indicacao_no.__017-2014_-_gieverson_-__matar_mato_nas_ruas_ca_cidade..pdf</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/237/indicacao_no.__018-2014_-_gieverson_-__incentivo_a_terceira_idade..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/237/indicacao_no.__018-2014_-_gieverson_-__incentivo_a_terceira_idade..pdf</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/238/indicacao_no.__019-2014_-_patricia_-_brinquedo_no_parque..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/238/indicacao_no.__019-2014_-_patricia_-_brinquedo_no_parque..pdf</t>
   </si>
   <si>
     <t>A Senhora Vereadora Patrícia Maria Deretti Rodrigues infra-firmada, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal que determine ao setor competente à seguinte providencia:</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/239/indicacao_no.__020-2014_-_vereadores_-_melhorias_na_estrada_do_elias_arjonas..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/239/indicacao_no.__020-2014_-_vereadores_-_melhorias_na_estrada_do_elias_arjonas..pdf</t>
   </si>
   <si>
     <t>Os Senhores Vereadores infra-firmados, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal que determine ao setor competente à seguinte providencia:</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/240/indicacao_no.__021-2014_-_gieverson_-__melhorias_na_estrada_cento_e_onze.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/240/indicacao_no.__021-2014_-_gieverson_-__melhorias_na_estrada_cento_e_onze.pdf</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Gieverson José Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/187/requerimento_no_001-2014_-__gieverson_-_informacoes_ao_prefeito.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/187/requerimento_no_001-2014_-__gieverson_-_informacoes_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>O Vereador GIEVERSON JOSÉ RODRIGUES, infra-firmado, nos termos do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente Requerimento, que visa solicitar do Senhor Prefeito Municipal a seguinte informação:</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/188/requerimento_no_002-2014_-__gieverson_e_patricia_-_poco_artesiano_do_mulina.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/188/requerimento_no_002-2014_-__gieverson_e_patricia_-_poco_artesiano_do_mulina.pdf</t>
   </si>
   <si>
     <t>O Vereador Gieverson José Rodrigues, infra-firmado, nos termos do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente requerimento, que visa solicitar ao Senhor Prefeito Municipal a seguinte informação:</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>Patricia Maria Deretti Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/189/requerimento_no_003-2014_-__patricia_-_poco_artesiano.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/189/requerimento_no_003-2014_-__patricia_-_poco_artesiano.pdf</t>
   </si>
   <si>
     <t>A Vereadora Patrícia Maria Deretti Rodrigues, infra-firmada, nos termos do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente requerimento, que visa solicitar do Senhor Prefeito Municipal as seguintes informações:</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>Genésio Norbiato, Patricia Maria Deretti Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/</t>
+    <t>http://sapl.riobom.pr.leg.br/media/</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>Genésio Norbiato</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/191/requerimento_no_005-2014_-__genesio_-_informacoes_ao_prefeito.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/191/requerimento_no_005-2014_-__genesio_-_informacoes_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>O Vereador GENESIO NORBIATO, infra-firmado, nos termos do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente Requerimento, que visa solicitar do Senhor Prefeito Municipal a seguinte informação:</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/192/requerimento_no_006-2014_-__gieverson_-_unidade_de_saude..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/192/requerimento_no_006-2014_-__gieverson_-_unidade_de_saude..pdf</t>
   </si>
   <si>
     <t>O Vereador Gieverson José Rodrigues, infra-firmado, nos termos do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente requerimento, que visa solicitar ao Senhor Prefeito Municipal a seguinte informação da UBS – Unidade Básica de Saúde</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/193/requerimento_no_007-2014_-__gieverson_-_terminal_rodoviario..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/193/requerimento_no_007-2014_-__gieverson_-_terminal_rodoviario..pdf</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/194/requerimento_no_008-2014_-_gieverson__ao_presidente_-_transmissao_das_sessoes.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/194/requerimento_no_008-2014_-_gieverson__ao_presidente_-_transmissao_das_sessoes.pdf</t>
   </si>
   <si>
     <t>O Vereador Gieverson José Rodrigues, infra-firmado, nos termos do Artigo 121 do Regimento Interno, requer a essa Presidência em caráter oficial solicitar a seguinte informação:</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>O Vereador Gieverson José Rodrigues infra firmado, vem através do presente, requer a essa Presidência, que se digne a fornecer XEROX DA FOLHA DE PAGAMENTO DOS FUNCIONÁRIOS DA PREFEITURA referente ao mês de Janeiro de 2014.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/196/requerimento_no_010-2014_-__patricia_-_veiculo_golf..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/196/requerimento_no_010-2014_-__patricia_-_veiculo_golf..pdf</t>
   </si>
   <si>
     <t>A Vereadora Patrícia Maria Deretti Rodrigues, infra-firmada, nos termos do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente requerimento, que visa solicitar do Senhor Prefeito Municipal informação com relação ao veiculo GOLF – GTI, ano de 2008, placa EEQ - 6092 – Locado, tais como:</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/197/requerimento_no_011-2014_-__patricia_-_informacoes_com_ref._aos_estagiarios..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/197/requerimento_no_011-2014_-__patricia_-_informacoes_com_ref._aos_estagiarios..pdf</t>
   </si>
   <si>
     <t>A Vereadora Patrícia Maria Deretti Rodrigues, infra-firmada, nos termos do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente requerimento, que visa solicitar do Senhor Prefeito Municipal as seguintes informações com referencia ao Contrato de Estagiários no Município:</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/198/requerimento_no_012-2014_-__gieverson_-_despesas_com_comunicacao.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/198/requerimento_no_012-2014_-__gieverson_-_despesas_com_comunicacao.pdf</t>
   </si>
   <si>
     <t>O Vereador Gieverson José Rodrigues, infra-firmado, nos termos do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente requerimento, que visa solicitar ao Senhor Prefeito Municipal as seguintes informações:</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/199/requerimento_no_013-2014_-__gieverson_-_sobre_itpu_e_alvara..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/199/requerimento_no_013-2014_-__gieverson_-_sobre_itpu_e_alvara..pdf</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/200/requerimento_no_014-2014_-__gieverson_-_investida_a_receita_do_iptu.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/200/requerimento_no_014-2014_-__gieverson_-_investida_a_receita_do_iptu.pdf</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>Enio José Santos</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/201/requerimento_no_015-2014_-__gieverson_e_enio_-_calcario.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/201/requerimento_no_015-2014_-__gieverson_e_enio_-_calcario.pdf</t>
   </si>
   <si>
     <t>O Vereador Enio José Santos, infra-firmado, nos termos do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente requerimento, que visa solicitar ao Senhor Prefeito Municipal as seguintes informação:</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/202/requerimento_no_016-2014_-__gieverson_-_repasses_do_governo.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/202/requerimento_no_016-2014_-__gieverson_-_repasses_do_governo.pdf</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/203/requerimento_no_017-2014_-__gieverson_-_informacoes_ao_presidente_-_combustivel.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/203/requerimento_no_017-2014_-__gieverson_-_informacoes_ao_presidente_-_combustivel.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador GIEVERSON JOSÉ RODRIGUES, infra-firmado, requer a essa Presidência que se digne a fornecer a seguinte informação:</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>Genésio Norbiato, Gieverson José Rodrigues, Patricia Maria Deretti Rodrigues, Ricardo Melchert</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/204/requerimento_no_018-2014_-__gieverson_-_formacao_de_cpi.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/204/requerimento_no_018-2014_-__gieverson_-_formacao_de_cpi.pdf</t>
   </si>
   <si>
     <t>Os Senhores Vereadores que este subscrevem, com assento nesta Casa Legislativa, vêm perante Vossa Excelência, amparado no Art. 124, Inciso VIII do Regimento Interno, solicitar a Constituição de Comissão Especial de Inquérito, para que, no prazo de 90 (noventa) dias, possa apurar fatos envolvendo A VENDA DE UM TRATOR MASSEY FERGUNSSON 290 FEITO PELA ASSOCIAÇÃO DE AGRICULTORES DO MUNICIPIO DE RIO BOM, POR UM VALOR MUITO ABAIXO DE MERCADO, ONDE O PROPRIO BENEFICIADO É O PRESIDENTE DA ASSOCIAÇÃO.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/205/requerimento_no_019-2014_-_patricia_-_particular.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/205/requerimento_no_019-2014_-_patricia_-_particular.pdf</t>
   </si>
   <si>
     <t>A Senhora Vereadora Patrícia Maria Deretti Rodrigues, Brasileira, casada, residente no Município de Rio Bom, Estado do Paraná, portadora da RG nº: 5.309.896-7- PR e CPF nº: 022.276.749-97, vêm através de o presente Requerer com base no Artigo 76 da Lei Orgânica do Município do Senhor Prefeito Municipal a seguinte informação:</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/206/requerimento_no_020-2014_-_enio_-_der.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/206/requerimento_no_020-2014_-_enio_-_der.pdf</t>
   </si>
   <si>
     <t>O Vereador Enio José Santos, infra-firmado, nos termos do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente requerimento, que visa o envio de expediente ao Departamento de estradas e Rodagem - DER – de Apucarana, aos cuidados do Senhor SERGIO SELVATICI, Engenheiro chefe, reivindicando que sejam efetuadas as seguintes providências:</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/207/requerimento_no_021-2014_-_enio_-_rodonorte.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/207/requerimento_no_021-2014_-_enio_-_rodonorte.pdf</t>
   </si>
   <si>
     <t>O Vereador Enio José Santos, infra-firmado, nos termos do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente requerimento, que visa o envio de expediente a RODONORTE reivindicando a seguinte providência:</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/208/requerimento_no_022-2014_-_paticular._genesio.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/208/requerimento_no_022-2014_-_paticular._genesio.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Genésio Norbiato, Brasileiro, casado, residente no Município de Rio Bom, Estado do Paraná, portadora da RG nº: 1.705.815-0 - PR e CPF nº: 448.681.899-72, vêm através de o presente Requerer com base no Artigo 76 da Lei Orgânica do Município do Senhor Prefeito Municipal a seguinte informação:</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/209/requerimento_no_023-2014_-_particular_do_glaucio..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/209/requerimento_no_023-2014_-_particular_do_glaucio..pdf</t>
   </si>
   <si>
     <t>Eu Donivaldo Gonzaga da Costa, funcionário público na Câmara Municipal, portador da RG nº. 3.965.417-2 e CPF nº. 399.150.309-59, vêm nos termos do Artigo 76 da Lei Orgânica do Município, requer do Senhor Prefeito Municipal, que se digne a me fornecer cópia do seguinte documento:</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/210/requerimento_no_024-2014_-__genesio_-_gastos_com_lavador_e_borracharia_-_informacoes_ao_prefeito.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/210/requerimento_no_024-2014_-__genesio_-_gastos_com_lavador_e_borracharia_-_informacoes_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/211/requerimento_no_025-2014_-__osvaldo_-_lista_das_pessoas_que_foram_contemplatas_nas_159_casas_-_informacoes_ao_prefeito.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/211/requerimento_no_025-2014_-__osvaldo_-_lista_das_pessoas_que_foram_contemplatas_nas_159_casas_-_informacoes_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>O Vereador e Presidente da Câmara Municipal  Osvaldo Norbiato, infra-firmado, nos termos do Artigo 76 da Lei Orgânica Municipal, vem através do presente Requerer a Vossa Excelência, que determine ao funcionário responsável o fornecimento do seguinte documento:</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/212/requerimento_no_026-2014_-__patricia_-_informacoes_com_ref._memorial_do_calcamento..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/212/requerimento_no_026-2014_-__patricia_-_informacoes_com_ref._memorial_do_calcamento..pdf</t>
   </si>
   <si>
     <t>A Vereadora Patrícia Maria Deretti Rodrigues, infra-firmada, nos termos do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente requerimento, que visa solicitar do Senhor Prefeito Municipal a seguinte informação:</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Gieverson José Rodrigues, Enio José Santos, Genésio Norbiato, Patricia Maria Deretti Rodrigues, Ricardo Melchert</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/213/requerimento_no_027-2014_-_gieverson_-_convocar_o_secretario_de_saude..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/213/requerimento_no_027-2014_-_gieverson_-_convocar_o_secretario_de_saude..pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Gieverson José Rodrigues, infra-firmado, nos termos dos Artigos 205 e 206 e seus respectivos Parágrafos do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente REQUERIMENTO DE CONVOCAÇÃO</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/214/requerimento_no_028-2014_-__gieverson_-_convocar_o_secretario_de_obras..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/214/requerimento_no_028-2014_-__gieverson_-_convocar_o_secretario_de_obras..pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Gieverson José Rodrigues, infra-firmado, nos termos dos Artigos 205 e 206 e seus respectivos Parágrafos do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente REQUERIMENTO DE CONVOCAÇÃO,</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/215/requerimento_no_029-2014_-_gieverson_-_convocar_o_secretario_de_educacao..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/215/requerimento_no_029-2014_-_gieverson_-_convocar_o_secretario_de_educacao..pdf</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/216/requerimento_no_030-2014_-_gieverson_-_convocar_o_secretaria_de_assistencia_social..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/216/requerimento_no_030-2014_-_gieverson_-_convocar_o_secretaria_de_assistencia_social..pdf</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/217/requerimento_no_031-2014_-__gieverson_-_qualidade_da_agua.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/217/requerimento_no_031-2014_-__gieverson_-_qualidade_da_agua.pdf</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/218/requerimento_no_032-2014_-__genesio_-__gastos_com_publicidade-_informacoes_do_prefeito.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/218/requerimento_no_032-2014_-__genesio_-__gastos_com_publicidade-_informacoes_do_prefeito.pdf</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/219/requerimento_no_033-2014_-__genesio_-_envio_de_expediente_para_o_cisvir..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/219/requerimento_no_033-2014_-__genesio_-_envio_de_expediente_para_o_cisvir..pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador GENESIO NORBIATO, infra-firmado, nos termos do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente Requerimento, que visa solicitar a seguinte providência:</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>PROJ</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/927/projeto_de_lei_-_reposicao.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/927/projeto_de_lei_-_reposicao.pdf</t>
   </si>
   <si>
     <t>DISPÔE SOBRE REAJUSTE SALARIAL DOS SERVIDORES PÚBLICOS E AGENTES POLÍTICOS DO PODER LEGISLATIVO MUNICIPAL DE RIO BOM</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/928/projeto_do_legislativo_no._002-_plano_de_cargos_da_camara.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/928/projeto_do_legislativo_no._002-_plano_de_cargos_da_camara.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO DE CARGOS, CARREIRAS E VENCIMENTOS PARA OS SERVIDORES PÚBLICOS MUNICIPAIS DA CÂMARA MUNICIPAL DE RIO BOM.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>BORC</t>
   </si>
   <si>
     <t>Balanços Orçamentários</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/869/12_-_balanco_orcamentario.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/869/12_-_balanco_orcamentario.pdf</t>
   </si>
   <si>
     <t>ANEXO da Lei nº 4.320, de 17 de março de 1964</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>RGF</t>
   </si>
   <si>
     <t>Relatório de Gestão Fiscal</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/881/2013_relatoriorgfdisponibilidadedecaixa_1.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/881/2013_relatoriorgfdisponibilidadedecaixa_1.pdf</t>
   </si>
   <si>
     <t>RGF - Exercício de 2014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1024,68 +1024,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/50/ata_da_audiencia_27-02-14_-_prefeito_presente.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/51/ata_da_audiencia_29-05-14..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/52/ata_da_audiencia_30-09-14._segundo_quadrimestre.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/220/indicacao_no.__001-2014_-_gieverson_-__melhorias_nas_estradas.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/221/indicacao_no.__002-2014_-_gieverson_-_grafificacao_aos_func._da_saude.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/222/indicacao_no.__003-2014_-_enio_jose_santos-_cascalamento_das_estradas_rurais.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/223/indicacao_no.__004-2014-_genesio_-_igreja_assembleia.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/224/indicacao_no.__005-2014-_genesio_-_igreja_assembleia.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/225/indicacao_no.__006-2014_-_ricardo_-_limpesa_das_ruas_do_central_park.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/226/indicacao_no.__007-2014_-_patricia_-_horas_maquinas..pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/227/indicacao_no.__008-2014_-_patricia_-_molhar_as_ruas..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/228/indicacao_no.__009-2014_-_gieverson_-__melhorias_nas_estradas_rurais.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/229/indicacao_no.__010-2014_-_gieverson_-__melhorias_na_avenida_kissina.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/230/indicacao_no.__011-2014-_genesio_-_forro_no_centro_comunitario..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/231/indicacao_no.__012-2014_-_enio_jose_santos-_bolas_de_bocha.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/232/indicacao_no.__013-2014_-_ricardo_-_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/233/indicacao_no.__014-2014_-_ricardo_-_casas_rurais..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/234/indicacao_no.__015-2014_-_ricardo_-_abrigo_nos_pontos_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/235/indicacao_no.__016-2014_-_ricardo_-_limpeza_na_cidade..pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/236/indicacao_no.__017-2014_-_gieverson_-__matar_mato_nas_ruas_ca_cidade..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/237/indicacao_no.__018-2014_-_gieverson_-__incentivo_a_terceira_idade..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/238/indicacao_no.__019-2014_-_patricia_-_brinquedo_no_parque..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/239/indicacao_no.__020-2014_-_vereadores_-_melhorias_na_estrada_do_elias_arjonas..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/240/indicacao_no.__021-2014_-_gieverson_-__melhorias_na_estrada_cento_e_onze.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/187/requerimento_no_001-2014_-__gieverson_-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/188/requerimento_no_002-2014_-__gieverson_e_patricia_-_poco_artesiano_do_mulina.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/189/requerimento_no_003-2014_-__patricia_-_poco_artesiano.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/191/requerimento_no_005-2014_-__genesio_-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/192/requerimento_no_006-2014_-__gieverson_-_unidade_de_saude..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/193/requerimento_no_007-2014_-__gieverson_-_terminal_rodoviario..pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/194/requerimento_no_008-2014_-_gieverson__ao_presidente_-_transmissao_das_sessoes.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/196/requerimento_no_010-2014_-__patricia_-_veiculo_golf..pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/197/requerimento_no_011-2014_-__patricia_-_informacoes_com_ref._aos_estagiarios..pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/198/requerimento_no_012-2014_-__gieverson_-_despesas_com_comunicacao.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/199/requerimento_no_013-2014_-__gieverson_-_sobre_itpu_e_alvara..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/200/requerimento_no_014-2014_-__gieverson_-_investida_a_receita_do_iptu.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/201/requerimento_no_015-2014_-__gieverson_e_enio_-_calcario.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/202/requerimento_no_016-2014_-__gieverson_-_repasses_do_governo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/203/requerimento_no_017-2014_-__gieverson_-_informacoes_ao_presidente_-_combustivel.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/204/requerimento_no_018-2014_-__gieverson_-_formacao_de_cpi.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/205/requerimento_no_019-2014_-_patricia_-_particular.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/206/requerimento_no_020-2014_-_enio_-_der.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/207/requerimento_no_021-2014_-_enio_-_rodonorte.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/208/requerimento_no_022-2014_-_paticular._genesio.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/209/requerimento_no_023-2014_-_particular_do_glaucio..pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/210/requerimento_no_024-2014_-__genesio_-_gastos_com_lavador_e_borracharia_-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/211/requerimento_no_025-2014_-__osvaldo_-_lista_das_pessoas_que_foram_contemplatas_nas_159_casas_-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/212/requerimento_no_026-2014_-__patricia_-_informacoes_com_ref._memorial_do_calcamento..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/213/requerimento_no_027-2014_-_gieverson_-_convocar_o_secretario_de_saude..pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/214/requerimento_no_028-2014_-__gieverson_-_convocar_o_secretario_de_obras..pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/215/requerimento_no_029-2014_-_gieverson_-_convocar_o_secretario_de_educacao..pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/216/requerimento_no_030-2014_-_gieverson_-_convocar_o_secretaria_de_assistencia_social..pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/217/requerimento_no_031-2014_-__gieverson_-_qualidade_da_agua.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/218/requerimento_no_032-2014_-__genesio_-__gastos_com_publicidade-_informacoes_do_prefeito.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/219/requerimento_no_033-2014_-__genesio_-_envio_de_expediente_para_o_cisvir..pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/927/projeto_de_lei_-_reposicao.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/928/projeto_do_legislativo_no._002-_plano_de_cargos_da_camara.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/869/12_-_balanco_orcamentario.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/881/2013_relatoriorgfdisponibilidadedecaixa_1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/50/ata_da_audiencia_27-02-14_-_prefeito_presente.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/51/ata_da_audiencia_29-05-14..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/52/ata_da_audiencia_30-09-14._segundo_quadrimestre.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/220/indicacao_no.__001-2014_-_gieverson_-__melhorias_nas_estradas.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/221/indicacao_no.__002-2014_-_gieverson_-_grafificacao_aos_func._da_saude.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/222/indicacao_no.__003-2014_-_enio_jose_santos-_cascalamento_das_estradas_rurais.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/223/indicacao_no.__004-2014-_genesio_-_igreja_assembleia.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/224/indicacao_no.__005-2014-_genesio_-_igreja_assembleia.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/225/indicacao_no.__006-2014_-_ricardo_-_limpesa_das_ruas_do_central_park.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/226/indicacao_no.__007-2014_-_patricia_-_horas_maquinas..pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/227/indicacao_no.__008-2014_-_patricia_-_molhar_as_ruas..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/228/indicacao_no.__009-2014_-_gieverson_-__melhorias_nas_estradas_rurais.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/229/indicacao_no.__010-2014_-_gieverson_-__melhorias_na_avenida_kissina.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/230/indicacao_no.__011-2014-_genesio_-_forro_no_centro_comunitario..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/231/indicacao_no.__012-2014_-_enio_jose_santos-_bolas_de_bocha.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/232/indicacao_no.__013-2014_-_ricardo_-_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/233/indicacao_no.__014-2014_-_ricardo_-_casas_rurais..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/234/indicacao_no.__015-2014_-_ricardo_-_abrigo_nos_pontos_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/235/indicacao_no.__016-2014_-_ricardo_-_limpeza_na_cidade..pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/236/indicacao_no.__017-2014_-_gieverson_-__matar_mato_nas_ruas_ca_cidade..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/237/indicacao_no.__018-2014_-_gieverson_-__incentivo_a_terceira_idade..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/238/indicacao_no.__019-2014_-_patricia_-_brinquedo_no_parque..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/239/indicacao_no.__020-2014_-_vereadores_-_melhorias_na_estrada_do_elias_arjonas..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/240/indicacao_no.__021-2014_-_gieverson_-__melhorias_na_estrada_cento_e_onze.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/187/requerimento_no_001-2014_-__gieverson_-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/188/requerimento_no_002-2014_-__gieverson_e_patricia_-_poco_artesiano_do_mulina.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/189/requerimento_no_003-2014_-__patricia_-_poco_artesiano.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/191/requerimento_no_005-2014_-__genesio_-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/192/requerimento_no_006-2014_-__gieverson_-_unidade_de_saude..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/193/requerimento_no_007-2014_-__gieverson_-_terminal_rodoviario..pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/194/requerimento_no_008-2014_-_gieverson__ao_presidente_-_transmissao_das_sessoes.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/196/requerimento_no_010-2014_-__patricia_-_veiculo_golf..pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/197/requerimento_no_011-2014_-__patricia_-_informacoes_com_ref._aos_estagiarios..pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/198/requerimento_no_012-2014_-__gieverson_-_despesas_com_comunicacao.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/199/requerimento_no_013-2014_-__gieverson_-_sobre_itpu_e_alvara..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/200/requerimento_no_014-2014_-__gieverson_-_investida_a_receita_do_iptu.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/201/requerimento_no_015-2014_-__gieverson_e_enio_-_calcario.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/202/requerimento_no_016-2014_-__gieverson_-_repasses_do_governo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/203/requerimento_no_017-2014_-__gieverson_-_informacoes_ao_presidente_-_combustivel.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/204/requerimento_no_018-2014_-__gieverson_-_formacao_de_cpi.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/205/requerimento_no_019-2014_-_patricia_-_particular.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/206/requerimento_no_020-2014_-_enio_-_der.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/207/requerimento_no_021-2014_-_enio_-_rodonorte.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/208/requerimento_no_022-2014_-_paticular._genesio.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/209/requerimento_no_023-2014_-_particular_do_glaucio..pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/210/requerimento_no_024-2014_-__genesio_-_gastos_com_lavador_e_borracharia_-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/211/requerimento_no_025-2014_-__osvaldo_-_lista_das_pessoas_que_foram_contemplatas_nas_159_casas_-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/212/requerimento_no_026-2014_-__patricia_-_informacoes_com_ref._memorial_do_calcamento..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/213/requerimento_no_027-2014_-_gieverson_-_convocar_o_secretario_de_saude..pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/214/requerimento_no_028-2014_-__gieverson_-_convocar_o_secretario_de_obras..pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/215/requerimento_no_029-2014_-_gieverson_-_convocar_o_secretario_de_educacao..pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/216/requerimento_no_030-2014_-_gieverson_-_convocar_o_secretaria_de_assistencia_social..pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/217/requerimento_no_031-2014_-__gieverson_-_qualidade_da_agua.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/218/requerimento_no_032-2014_-__genesio_-__gastos_com_publicidade-_informacoes_do_prefeito.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/219/requerimento_no_033-2014_-__genesio_-_envio_de_expediente_para_o_cisvir..pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/927/projeto_de_lei_-_reposicao.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/928/projeto_do_legislativo_no._002-_plano_de_cargos_da_camara.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/869/12_-_balanco_orcamentario.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2014/881/2013_relatoriorgfdisponibilidadedecaixa_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="100.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="189.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="188.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>