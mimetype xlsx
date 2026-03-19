--- v0 (2025-12-10)
+++ v1 (2026-03-19)
@@ -54,786 +54,786 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>AAP</t>
   </si>
   <si>
     <t>Ata de Audiência Pública</t>
   </si>
   <si>
     <t>Osvaldo Norbiato</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/53/ata_audiencia_04-02-13.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/53/ata_audiencia_04-02-13.pdf</t>
   </si>
   <si>
     <t>Para a Audiência Pública nas Prestações de Contas da Secretaria Municipal de Saúde referente ao Terceiro Quadrimestre de 2012, em atendimento a Lei Federal nº. 8.689 de 27 de Julho de 1993</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/54/ata_audiencia_29-05-13.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/54/ata_audiencia_29-05-13.pdf</t>
   </si>
   <si>
     <t>Para a Audiência Pública nas Prestações de Contas da Secretaria Municipal de Saúde referente ao Primeiro Quadrimestre de 2013, em atendimento a Lei Complementar Federal nº. 141 de 13 de Janeiro de 2012.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/55/ata_audiencia_30-06-13.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/55/ata_audiencia_30-06-13.pdf</t>
   </si>
   <si>
     <t>Para a Audiência Pública nas Prestações de Contas da Secretaria Municipal de Saúde referente ao Segundo Quadrimestre de 2013, em atendimento a Lei Complementar Federal nº. 141 de 13 de Janeiro de 2012.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/267/indic._no.001-2013-_site_da_camara_-_gieverson.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/267/indic._no.001-2013-_site_da_camara_-_gieverson.pdf</t>
   </si>
   <si>
     <t>O Vereador Gieverson José Rodrigues e demais Vereadores que abaixo assinam, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Presidente da Câmara Municipal, que estude a viabilidade de Criar o Site do Legislativo Municipal.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/268/indic._no.002-2013_-_ricardo_-__diversas_melhorias.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/268/indic._no.002-2013_-_ricardo_-__diversas_melhorias.pdf</t>
   </si>
   <si>
     <t>O Vereador RICARDO MELCHERT infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, que determine ao setor competente as seguintes providências:</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/269/indic._no.003-2013-_revisao_da_regimento_e_lei_organica_-_ricardo.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/269/indic._no.003-2013-_revisao_da_regimento_e_lei_organica_-_ricardo.pdf</t>
   </si>
   <si>
     <t>O Vereador Ricardo Melchert vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Presidente da Câmara Municipal, que estude a viabilidade de providenciar a REVISÃO DA LEI ORGANICA bem como do REGIMENTO INTERNO da Câmara Municipal, tendo em vista que os atuais encontram ultrapassados, visando melhorar o andamento dos trabalhos do Legislativo.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/270/indic._no.004-2013_-_ricardo_-___olaria.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/270/indic._no.004-2013_-_ricardo_-___olaria.pdf</t>
   </si>
   <si>
     <t>O Vereador RICARDO MELCHERT infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, que determine ao Setor competente a seguinte providência:</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/271/indic._no.006-2013_-_ricardo_-__diversas_melhorias.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/271/indic._no.006-2013_-_ricardo_-__diversas_melhorias.pdf</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/272/indic._no.007-2013_-_gieverson_-__diversas_melhorias.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/272/indic._no.007-2013_-_gieverson_-__diversas_melhorias.pdf</t>
   </si>
   <si>
     <t>O Vereador GIEVERSON JOSÉ RODRIGUES, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, que determine ao setor competente as seguintes providências:</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/273/indic._no.008-2013_-_ricardo_-__diversas_melhorias.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/273/indic._no.008-2013_-_ricardo_-__diversas_melhorias.pdf</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/274/indic._no.009-2013_-_patricia_-__melhorias_no_muro_da_lavanderia.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/274/indic._no.009-2013_-_patricia_-__melhorias_no_muro_da_lavanderia.pdf</t>
   </si>
   <si>
     <t>O Vereadora Patrícia Maria Deretti Rodrigues infra-firmada, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, que determine ao setor competente a seguinte providência:</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/275/indic._no.010-2013_-_enio__-___melhorias_na_rua.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/275/indic._no.010-2013_-_enio__-___melhorias_na_rua.pdf</t>
   </si>
   <si>
     <t>O Vereador ENIO JOSÉ SANTOS infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, que determine ao setor competente as seguintes providência:</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/276/indic._no.011-2013-_genesio.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/276/indic._no.011-2013-_genesio.pdf</t>
   </si>
   <si>
     <t>O Vereador GENÉSIO NORBIATO infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, a possibilidade da Vossa Excelência, intervir junto à Empresa de Telefonia “oi”, solicitando a mesma a disponibilização de UMA LINHA TELEFÔNICA para ficar a disposição da comunidade do Distrito de Santo Antonio do Palmital, especificadamente no POSTO de SAÚDE local, o Vereador menciona ainda que atualmente a Empresa OI dispõe de 10 linhas telefônicas no Distrito.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/277/indic._no.012-2013_-_enio__-___cascalhamento_da_granja_do_ene.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/277/indic._no.012-2013_-_enio__-___cascalhamento_da_granja_do_ene.pdf</t>
   </si>
   <si>
     <t>O Vereador ENIO JOSÉ SANTOS infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, que determine ao setor competente a seguinte providência:</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/278/indic._no.013-2013_-_gilmar_-_zetinho_e_joao_-__diversas_melhorias.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/278/indic._no.013-2013_-_gilmar_-_zetinho_e_joao_-__diversas_melhorias.pdf</t>
   </si>
   <si>
     <t>Os Vereadores Gilmar Fernando dos Santos; José Donizette Jacinto e João Batista de Andrade, infra-firmados, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, que determine ao setor competente as seguintes providências:</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/279/indic._no.014-2013-_genesio_-_diversas_melhorias.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/279/indic._no.014-2013-_genesio_-_diversas_melhorias.pdf</t>
   </si>
   <si>
     <t>O Vereador GENÉSIO NORBIATO infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, as seguintes providências:</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/280/indic._no.015-2013_-_ricardo_-__melhorias.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/280/indic._no.015-2013_-_ricardo_-__melhorias.pdf</t>
   </si>
   <si>
     <t>O Vereador RICARDO MELCHERT infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, que determine ao setor competente a seguinte providência:</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/281/indic._no.016-2013_-_gieverson_-__caminhao_coletor_de_lixo.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/281/indic._no.016-2013_-_gieverson_-__caminhao_coletor_de_lixo.pdf</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/282/indic._no.017-2013_-_gieverson_-__diversas__melhorias.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/282/indic._no.017-2013_-_gieverson_-__diversas__melhorias.pdf</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/283/indic._no.018-2013_-_gieverson_-__diversas__melhorias_-_copia.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/283/indic._no.018-2013_-_gieverson_-__diversas__melhorias_-_copia.pdf</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/284/indic._no.019-2013_-_gieverson_-__diversas__melhorias_-_copia_-_copia.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/284/indic._no.019-2013_-_gieverson_-__diversas__melhorias_-_copia_-_copia.pdf</t>
   </si>
   <si>
     <t>O Vereador GIEVERSON JOSÉ RODRIGUES, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, que determine ao setor competente a seguinte providência:</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/285/indic._no.020-2013_-_gieverson_-_melhorias_no_cemiterio..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/285/indic._no.020-2013_-_gieverson_-_melhorias_no_cemiterio..pdf</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/286/indic._no.021-2013_-_joao_-_funcionario_exclusiovo_para_as_estradas.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/286/indic._no.021-2013_-_joao_-_funcionario_exclusiovo_para_as_estradas.pdf</t>
   </si>
   <si>
     <t>O Vereador João Batista de Andrade, infra-firmado, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, que estude a possibilidade de NOMEAR em regime de urgência um FUNCIONÁRIO exclusivo para acompanhar a situação de conservação das estradas municipais.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/287/indic._no.022-2013_-_enio__-___horas_de_tratores_-_ene.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/287/indic._no.022-2013_-_enio__-___horas_de_tratores_-_ene.pdf</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/288/indic._no.023-2013.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/288/indic._no.023-2013.pdf</t>
   </si>
   <si>
     <t>O Vereador Enio José dos Santos, infra-firmado,vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, que determine ao setor competente a seguinte providência:</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/289/indic._no.024-2013-_vereadores_da_situacao_-_contruir_um_banheiro_no_cemiterio..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/289/indic._no.024-2013-_vereadores_da_situacao_-_contruir_um_banheiro_no_cemiterio..pdf</t>
   </si>
   <si>
     <t>O Vereadores Enio José Santos, Gilmar Fernando dos Santos, José Donizette Jacinto, João Batista de Andrade e Osvaldo Norbiato infra-firmados, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, que determine ao setor competente a construção de um novo banheiro no cemitério municipal.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/290/indic._no.025-2013-_vereadores_da_situacao_-_instalar_torneira.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/290/indic._no.025-2013-_vereadores_da_situacao_-_instalar_torneira.pdf</t>
   </si>
   <si>
     <t>O Vereadores Enio José Santos, Gilmar Fernando dos Santos, José Donizette Jacinto, João Batista de Andrade e Osvaldo Norbiato infra-firmados, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, que determine ao setor competente a instalação de mais uma extensão de água no cemitério municipal, de preferência no centro do cemitério.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/291/indic._no.026-2013_-_patricia_-__costituir_a_comissao.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/291/indic._no.026-2013_-_patricia_-__costituir_a_comissao.pdf</t>
   </si>
   <si>
     <t>O Vereadora Patrícia Maria Deretti Rodrigues infra-firmada, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal que determine a seguinte providencia:</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/292/indic._no.027-2013_-_ricardo_e_demais_vereadores.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/292/indic._no.027-2013_-_ricardo_e_demais_vereadores.pdf</t>
   </si>
   <si>
     <t>Os Vereadores: Ricardo Melchert, Pátria Maria Deretti Rodrigues, Gieverson José Rodrigues e Genésio Norbiato infra-firmados, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, que determine ao setor competente a seguinte providência:</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/293/indic._no.028-2013_-_patricia_e_demais_vereadores.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/293/indic._no.028-2013_-_patricia_e_demais_vereadores.pdf</t>
   </si>
   <si>
     <t>Os Vereadores: Patrícia Maria Deretti Rodrigues, Ricardo Melchert, Gieverson José Rodrigues e Genésio Norbiato infra-firmados, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal, que determine ao setor competente a seguinte providência:</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/294/indic._no.029-2013_-_gieverson_-_melhorias_na_avenida_jitsuit..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/294/indic._no.029-2013_-_gieverson_-_melhorias_na_avenida_jitsuit..pdf</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/295/indic._no.030-2013_-_patricia_-__estrada.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/295/indic._no.030-2013_-_patricia_-__estrada.pdf</t>
   </si>
   <si>
     <t>O Vereadora Patrícia Maria Deretti Rodrigues infra-firmada, vem respeitosamente na forma que estabelece o Artigo 116 do Regimento Interno, indicar e sugerir ao Exmº. Prefeito Municipal a seguinte providência:</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/296/indic._no.031-2013-_todos_os_vereadores__-_mudanca_no_projeto.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/296/indic._no.031-2013-_todos_os_vereadores__-_mudanca_no_projeto.pdf</t>
   </si>
   <si>
     <t>Os Senhores Vereadores, Enio José Santos, Genésio Norbiato, Gilmar Fernando dos Santos, Gieverson José Rodrigues, José Donizette Jacinto, João Batista de Andrade, Patrícia Maria Deretti Rodrigues e Ricardo Melchert.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Gieverson José Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/151/requerimento_no._001_-__gieverson.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/151/requerimento_no._001_-__gieverson.pdf</t>
   </si>
   <si>
     <t>O Vereador GIEVERSON JOSÉ RODRIGUES, infra-firmado, nos termos do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente requerimento, que visa solicitar do Senhor Prefeito Municipal o envio de:_x000D_
 _x000D_
 Copia do relatório de transição de Mandato da atual gestão.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>Gieverson José Rodrigues, Enio José Santos, Patricia Maria Deretti Rodrigues, Ricardo Melchert</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/152/requerimento_no._002_-__gieverson.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/152/requerimento_no._002_-__gieverson.pdf</t>
   </si>
   <si>
     <t>O Vereador RICARDO MELCHERT, infra-firmado, requer a essa Presidência que possibilite que os vereadores façam cursos de qualificação pessoal segundo o estatuto do servidor público que tem por direito os mesmos.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>Ricardo Melchert</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/153/requerimento_no._003_-_ricardo..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/153/requerimento_no._003_-_ricardo..pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador RICARDO MELCHERT, infra-firmado, nos termos do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente Requerimento, que visa solicitar do Senhor Prefeito Municipal, o envio ao Poder Legislativo de: _x000D_
 Uma cópia da Lei que: INSTITUI NO ORÇAMENTO DO MUNICIPIO DE RIO BOM A CONTRIBUIÇÃO PARA CUSTEIO DA ILUMINAÇÃO PUBLICA PREVISTA NO ARTIGO 149-A DA CONSTITUIÇÃO FEDERAL.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>Patricia Maria Deretti Rodrigues, Enio José Santos, Gieverson José Rodrigues, Ricardo Melchert</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/154/req_patricia_004.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/154/req_patricia_004.pdf</t>
   </si>
   <si>
     <t>A Vereadora Patrícia Maria Deretti Rodrigues, infra-firmada, nos termos do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente requerimento, que visa solicitar do Senhor Prefeito Municipal informações sobre a promoção vertical dos funcionários que está prevista no Art. 17 da  Lei 02/2006.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Patricia Maria Deretti Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/155/req_patricia_005.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/155/req_patricia_005.pdf</t>
   </si>
   <si>
     <t>A Vereadora Patrícia Maria Deretti Rodrigues, infra-firmada, nos termos do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente requerimento, que visa solicitar do Senhor Prefeito Municipal ou do responsável pelo setor, esclarecimento sobre a Lei do IPTU, especificamente se houve alteração no percentual do imposto a ser cobrado.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/156/req__gieverson_no_006_-_informacoes_ao_prefeito.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/156/req__gieverson_no_006_-_informacoes_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>O Vereador GIEVERSON JOSÉ RODRIGUES, infra-firmado, nos termos do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente Requerimento, que visa solicitar do Senhor Prefeito Municipal a seguinte informação:</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/157/req_no_007_-_patricia_-_informaoes_ao_prefeito.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/157/req_no_007_-_patricia_-_informaoes_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>A Vereadora Patrícia Maria Deretti Rodrigues, infra-firmada, nos termos do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente Requerimento, que visa solicitar do Senhor Prefeito Municipal as seguintes informações:</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/158/req__no_008_-_ricardo_-_informaoes_ao_prefeito.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/158/req__no_008_-_ricardo_-_informaoes_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Ricardo Melchert, infra-firmado, nos termos do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente Requerimento, que visa solicitar do Senhor Prefeito Municipal a seguinte informação:</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/159/req__no_009_-_ricardo_informando_a_ausencia_na_sessao..pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/159/req__no_009_-_ricardo_informando_a_ausencia_na_sessao..pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador Ricardo Melchert, infra-firmado, com base no artigo 5º, da Constituição Federal do Brasil, vem através do presente, com o devido respeito e acatamento, informar a Vossa Excelência, que o mesmo não estará presente na Sessão Extraordinária que será realizada no dia 15/03/2013, no horário das 19h30min, pelo motivo que o mesmo é MEMBRO REGULAR DA IGREJA ADVENTISTA DO 7º DIA, e com base em seus princípios cristãos o mesmo GUARDA a Sexta-feira do por do sol ao por do sol do Sábado.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/160/req__gieverson_no_010_-_informacoes_ao_prefeito.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/160/req__gieverson_no_010_-_informacoes_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/161/req_gieverson_no_011-_informacoes_ao_prefeito.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/161/req_gieverson_no_011-_informacoes_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/162/req__gieverson_no_012-_informacoes_ao_prefeito.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/162/req__gieverson_no_012-_informacoes_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>O Vereador GIEVERSON JOSÉ RODRIGUES, infra-firmado, nos termos do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente Requerimento, que visa solicitar do Senhor Prefeito Municipal a seguinte informação</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/163/req__gieverson_no_013-_informacoes_ao_prefeito.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/163/req__gieverson_no_013-_informacoes_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/164/req__gieverson_no_014-_informacoes_ao_prefeito.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/164/req__gieverson_no_014-_informacoes_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/165/req__gieverson_no_015_-_informacoes_ao_prefeito.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/165/req__gieverson_no_015_-_informacoes_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/166/req__gieverson_no_015_-_informacoes_ao_prefeito.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/166/req__gieverson_no_015_-_informacoes_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador RICARDO MELCHERT, infra-firmado, nos termos do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente Requerimento, que visa solicitar do Senhor Prefeito Municipal, informação com relação à conta corrente especifica administrada pelo Departamento Municipal de Administração e Finanças, para qual deverão ser destinados todos os recursos arrecadados com a COSIP, conforme especificado abaixo</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/167/req__gieverson_no_017_-_informacoes_ao_prefeito.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/167/req__gieverson_no_017_-_informacoes_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/168/req__gieverson_no_018_-_informacoes_ao_presidente.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/168/req__gieverson_no_018_-_informacoes_ao_presidente.pdf</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/169/req__gieverson_no_019_-_informacoes_ao_presidente_-_copia.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/169/req__gieverson_no_019_-_informacoes_ao_presidente_-_copia.pdf</t>
   </si>
   <si>
     <t>O Vereador GIEVERSON JOSÉ RODRIGUES, infra-firmado, nos termos do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente Requerimento, que visa solicitar do Senhor Prefeito informações sobre as condições dos Financiamentos do município com a Agência de Fomento do Paraná, tais como:</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/170/req_gieverson_no_020_-_informacoes_ao_presidente.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/170/req_gieverson_no_020_-_informacoes_ao_presidente.pdf</t>
   </si>
   <si>
     <t>O Vereador GIEVERSON JOSÉ RODRIGUES, infra-firmado, nos termos do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente Requerimento, que visa solicitar do Senhor Presidente da Câmara Municipal a seguinte informação:</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/171/req_gieverson_no_021_-_informacao_ao_presidente.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/171/req_gieverson_no_021_-_informacao_ao_presidente.pdf</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/172/req__gieverson_no_022-_informacoes_ao_prefeito.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/172/req__gieverson_no_022-_informacoes_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/173/req_no._023_-_ricardo.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/173/req_no._023_-_ricardo.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador RICARDO MELCHERT, infra-firmado, nos termos do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente Requerimento, que visa solicitar do Senhor Prefeito Municipal, cópia dos documentos referentes a seguinte Obra: Reforma do PAM, conforme especificado abaixo:</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/174/req_no._024_-_ricardo_-_informacoes_ao_prefeito.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/174/req_no._024_-_ricardo_-_informacoes_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador RICARDO MELCHERT, infra-firmado, nos termos do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente Requerimento, que visa solicitar do Senhor Prefeito Municipal a seguinte informação:</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/175/req_no._025_-_ricardo_-_informacoes_ao_prefeito.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/175/req_no._025_-_ricardo_-_informacoes_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador RICARDO MELCHERT, infra-firmado, nos termos do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente Requerimento, que visa solicitar do Senhor Prefeito Municipal a seguinte informação</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/176/req__gieverson_no_026-_informacoes_ao_prefeito.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/176/req__gieverson_no_026-_informacoes_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/177/req__gieverson_no_027-_informacoes_ao_prefeito_-_copia.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/177/req__gieverson_no_027-_informacoes_ao_prefeito_-_copia.pdf</t>
   </si>
   <si>
     <t>O Vereador GIEVERSON JOSÉ RODRIGUES, infra-firmado, nos termos do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente Requerimento, que visa solicitar do Senhor Prefeito Municipal as seguintes informações:</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/178/req_no._028-_ricardo_-.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/178/req_no._028-_ricardo_-.pdf</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/179/req_no._029-_genesio.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/179/req_no._029-_genesio.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador GENÉSIO NORBIATO, infra-firmado, nos termos do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente Requerimento, que visa solicitar do Senhor Prefeito Municipal a seguinte informação:</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/180/req_no._030-_patricia.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/180/req_no._030-_patricia.pdf</t>
   </si>
   <si>
     <t>A Senhora Vereadora PATRICIA MARIA DERETTI RODRIGUES, infra-firmada, nos termos do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente Requerimento, que visa solicitar do Senhor Prefeito Municipal a seguinte informação:</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/181/req__gieverson_no_031-_informacoes_ao_prefeito.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/181/req__gieverson_no_031-_informacoes_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Genésio Norbiato</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/182/req_no._032_-_genesio.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/182/req_no._032_-_genesio.pdf</t>
   </si>
   <si>
     <t>O Senhor Vereador GENÉSIO NORBIATO, infra-firmado, nos termos do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente Requerimento, que visa solicitar do Senhor Prefeito Municipal, informações sobre as 800 toneladas de Calcário adquiridas pelo Município e que estão sendo repassadas aos agricultores tais como:</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/183/req__gieverson_no_033-_informacoes_ao_prefeito.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/183/req__gieverson_no_033-_informacoes_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/184/req__gieverson_no_034-_informacoes_ao_prefeito.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/184/req__gieverson_no_034-_informacoes_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/185/req__gieverson_no_035-_informacoes_ao_prefeito.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/185/req__gieverson_no_035-_informacoes_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/186/req__gieverson_no_036-_informacoes_ao_prefeito.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/186/req__gieverson_no_036-_informacoes_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>O Vereador infra-firmado, nos termos do Artigo 124 do Regimento Interno, requer a essa Presidência que submeta ao Plenário deste Poder o presente Requerimento, que visa solicitar do Senhor Prefeito Municipal a seguinte informação</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>PROJ</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/929/projeto_001_dia_do_envangelico_-_gieverson.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/929/projeto_001_dia_do_envangelico_-_gieverson.pdf</t>
   </si>
   <si>
     <t>INSTITUI O “DIA DO EVANGÉLICO” NO MUNICÍPIO DE RIO BOM, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/930/projeto_002_do_dia_de_folga_-_gieverson.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/930/projeto_002_do_dia_de_folga_-_gieverson.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO MUNICIPAL A CONCEDER UM DIA DE FOLGA AO SERVIDOR PÜBLICO MUNICIPAL NO DIA DO SEU ANIVERSÁRIO E DÁ OUTRAS PROVIDÉNCIAS”.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>BORC</t>
   </si>
   <si>
     <t>Balanços Orçamentários</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/868/12_-_balanco_orcamentario.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/868/12_-_balanco_orcamentario.pdf</t>
   </si>
   <si>
     <t>ANEXOS da Lei nº 4.320, de 17 de março de 1964</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>RGF</t>
   </si>
   <si>
     <t>Relatório de Gestão Fiscal</t>
   </si>
   <si>
-    <t>https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/880/2013_relatoriorgfdisponibilidadedecaixa_1.pdf</t>
+    <t>http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/880/2013_relatoriorgfdisponibilidadedecaixa_1.pdf</t>
   </si>
   <si>
     <t>Relatórios de Gestão Fiscal - Exercício de 2013</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1140,68 +1140,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/53/ata_audiencia_04-02-13.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/54/ata_audiencia_29-05-13.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/55/ata_audiencia_30-06-13.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/267/indic._no.001-2013-_site_da_camara_-_gieverson.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/268/indic._no.002-2013_-_ricardo_-__diversas_melhorias.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/269/indic._no.003-2013-_revisao_da_regimento_e_lei_organica_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/270/indic._no.004-2013_-_ricardo_-___olaria.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/271/indic._no.006-2013_-_ricardo_-__diversas_melhorias.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/272/indic._no.007-2013_-_gieverson_-__diversas_melhorias.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/273/indic._no.008-2013_-_ricardo_-__diversas_melhorias.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/274/indic._no.009-2013_-_patricia_-__melhorias_no_muro_da_lavanderia.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/275/indic._no.010-2013_-_enio__-___melhorias_na_rua.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/276/indic._no.011-2013-_genesio.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/277/indic._no.012-2013_-_enio__-___cascalhamento_da_granja_do_ene.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/278/indic._no.013-2013_-_gilmar_-_zetinho_e_joao_-__diversas_melhorias.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/279/indic._no.014-2013-_genesio_-_diversas_melhorias.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/280/indic._no.015-2013_-_ricardo_-__melhorias.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/281/indic._no.016-2013_-_gieverson_-__caminhao_coletor_de_lixo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/282/indic._no.017-2013_-_gieverson_-__diversas__melhorias.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/283/indic._no.018-2013_-_gieverson_-__diversas__melhorias_-_copia.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/284/indic._no.019-2013_-_gieverson_-__diversas__melhorias_-_copia_-_copia.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/285/indic._no.020-2013_-_gieverson_-_melhorias_no_cemiterio..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/286/indic._no.021-2013_-_joao_-_funcionario_exclusiovo_para_as_estradas.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/287/indic._no.022-2013_-_enio__-___horas_de_tratores_-_ene.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/288/indic._no.023-2013.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/289/indic._no.024-2013-_vereadores_da_situacao_-_contruir_um_banheiro_no_cemiterio..pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/290/indic._no.025-2013-_vereadores_da_situacao_-_instalar_torneira.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/291/indic._no.026-2013_-_patricia_-__costituir_a_comissao.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/292/indic._no.027-2013_-_ricardo_e_demais_vereadores.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/293/indic._no.028-2013_-_patricia_e_demais_vereadores.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/294/indic._no.029-2013_-_gieverson_-_melhorias_na_avenida_jitsuit..pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/295/indic._no.030-2013_-_patricia_-__estrada.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/296/indic._no.031-2013-_todos_os_vereadores__-_mudanca_no_projeto.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/151/requerimento_no._001_-__gieverson.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/152/requerimento_no._002_-__gieverson.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/153/requerimento_no._003_-_ricardo..pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/154/req_patricia_004.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/155/req_patricia_005.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/156/req__gieverson_no_006_-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/157/req_no_007_-_patricia_-_informaoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/158/req__no_008_-_ricardo_-_informaoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/159/req__no_009_-_ricardo_informando_a_ausencia_na_sessao..pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/160/req__gieverson_no_010_-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/161/req_gieverson_no_011-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/162/req__gieverson_no_012-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/163/req__gieverson_no_013-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/164/req__gieverson_no_014-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/165/req__gieverson_no_015_-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/166/req__gieverson_no_015_-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/167/req__gieverson_no_017_-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/168/req__gieverson_no_018_-_informacoes_ao_presidente.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/169/req__gieverson_no_019_-_informacoes_ao_presidente_-_copia.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/170/req_gieverson_no_020_-_informacoes_ao_presidente.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/171/req_gieverson_no_021_-_informacao_ao_presidente.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/172/req__gieverson_no_022-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/173/req_no._023_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/174/req_no._024_-_ricardo_-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/175/req_no._025_-_ricardo_-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/176/req__gieverson_no_026-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/177/req__gieverson_no_027-_informacoes_ao_prefeito_-_copia.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/178/req_no._028-_ricardo_-.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/179/req_no._029-_genesio.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/180/req_no._030-_patricia.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/181/req__gieverson_no_031-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/182/req_no._032_-_genesio.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/183/req__gieverson_no_033-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/184/req__gieverson_no_034-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/185/req__gieverson_no_035-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/186/req__gieverson_no_036-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/929/projeto_001_dia_do_envangelico_-_gieverson.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/930/projeto_002_do_dia_de_folga_-_gieverson.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/868/12_-_balanco_orcamentario.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/880/2013_relatoriorgfdisponibilidadedecaixa_1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/53/ata_audiencia_04-02-13.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/54/ata_audiencia_29-05-13.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/55/ata_audiencia_30-06-13.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/267/indic._no.001-2013-_site_da_camara_-_gieverson.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/268/indic._no.002-2013_-_ricardo_-__diversas_melhorias.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/269/indic._no.003-2013-_revisao_da_regimento_e_lei_organica_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/270/indic._no.004-2013_-_ricardo_-___olaria.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/271/indic._no.006-2013_-_ricardo_-__diversas_melhorias.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/272/indic._no.007-2013_-_gieverson_-__diversas_melhorias.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/273/indic._no.008-2013_-_ricardo_-__diversas_melhorias.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/274/indic._no.009-2013_-_patricia_-__melhorias_no_muro_da_lavanderia.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/275/indic._no.010-2013_-_enio__-___melhorias_na_rua.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/276/indic._no.011-2013-_genesio.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/277/indic._no.012-2013_-_enio__-___cascalhamento_da_granja_do_ene.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/278/indic._no.013-2013_-_gilmar_-_zetinho_e_joao_-__diversas_melhorias.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/279/indic._no.014-2013-_genesio_-_diversas_melhorias.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/280/indic._no.015-2013_-_ricardo_-__melhorias.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/281/indic._no.016-2013_-_gieverson_-__caminhao_coletor_de_lixo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/282/indic._no.017-2013_-_gieverson_-__diversas__melhorias.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/283/indic._no.018-2013_-_gieverson_-__diversas__melhorias_-_copia.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/284/indic._no.019-2013_-_gieverson_-__diversas__melhorias_-_copia_-_copia.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/285/indic._no.020-2013_-_gieverson_-_melhorias_no_cemiterio..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/286/indic._no.021-2013_-_joao_-_funcionario_exclusiovo_para_as_estradas.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/287/indic._no.022-2013_-_enio__-___horas_de_tratores_-_ene.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/288/indic._no.023-2013.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/289/indic._no.024-2013-_vereadores_da_situacao_-_contruir_um_banheiro_no_cemiterio..pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/290/indic._no.025-2013-_vereadores_da_situacao_-_instalar_torneira.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/291/indic._no.026-2013_-_patricia_-__costituir_a_comissao.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/292/indic._no.027-2013_-_ricardo_e_demais_vereadores.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/293/indic._no.028-2013_-_patricia_e_demais_vereadores.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/294/indic._no.029-2013_-_gieverson_-_melhorias_na_avenida_jitsuit..pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/295/indic._no.030-2013_-_patricia_-__estrada.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/296/indic._no.031-2013-_todos_os_vereadores__-_mudanca_no_projeto.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/151/requerimento_no._001_-__gieverson.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/152/requerimento_no._002_-__gieverson.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/153/requerimento_no._003_-_ricardo..pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/154/req_patricia_004.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/155/req_patricia_005.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/156/req__gieverson_no_006_-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/157/req_no_007_-_patricia_-_informaoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/158/req__no_008_-_ricardo_-_informaoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/159/req__no_009_-_ricardo_informando_a_ausencia_na_sessao..pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/160/req__gieverson_no_010_-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/161/req_gieverson_no_011-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/162/req__gieverson_no_012-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/163/req__gieverson_no_013-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/164/req__gieverson_no_014-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/165/req__gieverson_no_015_-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/166/req__gieverson_no_015_-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/167/req__gieverson_no_017_-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/168/req__gieverson_no_018_-_informacoes_ao_presidente.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/169/req__gieverson_no_019_-_informacoes_ao_presidente_-_copia.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/170/req_gieverson_no_020_-_informacoes_ao_presidente.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/171/req_gieverson_no_021_-_informacao_ao_presidente.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/172/req__gieverson_no_022-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/173/req_no._023_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/174/req_no._024_-_ricardo_-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/175/req_no._025_-_ricardo_-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/176/req__gieverson_no_026-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/177/req__gieverson_no_027-_informacoes_ao_prefeito_-_copia.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/178/req_no._028-_ricardo_-.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/179/req_no._029-_genesio.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/180/req_no._030-_patricia.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/181/req__gieverson_no_031-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/182/req_no._032_-_genesio.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/183/req__gieverson_no_033-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/184/req__gieverson_no_034-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/185/req__gieverson_no_035-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/186/req__gieverson_no_036-_informacoes_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/929/projeto_001_dia_do_envangelico_-_gieverson.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/930/projeto_002_do_dia_de_folga_-_gieverson.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/868/12_-_balanco_orcamentario.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riobom.pr.leg.br/media/sapl/public/materialegislativa/2013/880/2013_relatoriorgfdisponibilidadedecaixa_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="84" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="149.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="148.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>